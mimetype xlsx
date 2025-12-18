--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/side-smd-led</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>03-Nov-2025 08:00:51</t>
+    <t>18-Dec-2025 15:41:10</t>
   </si>
   <si>
     <t>White Side LED 0805</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7465</t>
   </si>
   <si>
     <t>Warm White Side LED 0805</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7466</t>
   </si>
   <si>
     <t>Red Side LED 0805</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7467</t>
   </si>
   <si>
     <t>Green Side LED 0805</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7468</t>
   </si>