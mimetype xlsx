--- v1 (2025-12-18)
+++ v2 (2026-02-16)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/side-smd-led</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Dec-2025 15:41:10</t>
+    <t>16-Feb-2026 15:48:12</t>
   </si>
   <si>
     <t>White Side LED 0805</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7465</t>
   </si>
   <si>
     <t>Warm White Side LED 0805</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7466</t>
   </si>
   <si>
     <t>Red Side LED 0805</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7467</t>
   </si>
   <si>
     <t>Green Side LED 0805</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7468</t>
   </si>