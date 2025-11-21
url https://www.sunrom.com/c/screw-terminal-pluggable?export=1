--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/screw-terminal-pluggable</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:15:54</t>
+    <t>22-Nov-2025 00:35:10</t>
   </si>
   <si>
     <t>Terminal 2P 5.08mm Pluggable PCB Male Straight + Female Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7138</t>
   </si>
   <si>
     <t>Terminal 3P 3.5mm Pluggable Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6603</t>
   </si>
   <si>
     <t>Terminal 2P 3.5mm Pluggable Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6602</t>
   </si>
   <si>
     <t>Terminal 2P 5.08mm Pluggable Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5273</t>
   </si>