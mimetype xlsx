--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/screw-terminal-pluggable</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 00:35:10</t>
+    <t>08-Jan-2026 04:10:33</t>
   </si>
   <si>
     <t>Terminal 2P 5.08mm Pluggable PCB Male Straight + Female Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7138</t>
   </si>
   <si>
     <t>Terminal 3P 3.5mm Pluggable Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6603</t>
   </si>
   <si>
     <t>Terminal 2P 3.5mm Pluggable Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6602</t>
   </si>
   <si>
     <t>Terminal 2P 5.08mm Pluggable Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5273</t>
   </si>