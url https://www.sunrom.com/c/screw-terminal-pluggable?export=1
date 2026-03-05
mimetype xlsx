--- v2 (2026-01-07)
+++ v3 (2026-03-05)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/screw-terminal-pluggable</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:10:33</t>
+    <t>05-Mar-2026 11:42:52</t>
   </si>
   <si>
     <t>Terminal 2P 5.08mm Pluggable PCB Male Straight + Female Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7138</t>
   </si>
   <si>
     <t>Terminal 3P 3.5mm Pluggable Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6603</t>
   </si>
   <si>
     <t>Terminal 2P 3.5mm Pluggable Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6602</t>
   </si>
   <si>
     <t>Terminal 2P 5.08mm Pluggable Straight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5273</t>
   </si>