--- v0 (2025-11-04)
+++ v1 (2026-01-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/screw-nut-plastic</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:45:29</t>
+    <t>08-Jan-2026 19:35:11</t>
   </si>
   <si>
     <t>M4 Dome Nut Nylon</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7815</t>
   </si>
   <si>
     <t>Nylon Screw M3 Thread - 6mm Length Plastic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7215</t>
   </si>
   <si>
     <t>Nylon Screw M3 Thread - 8mm Length Plastic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7216</t>
   </si>
   <si>
     <t>Nylon Screw M3 Thread - 10mm Length Plastic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7217</t>
   </si>