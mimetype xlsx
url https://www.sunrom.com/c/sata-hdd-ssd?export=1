--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sata-hdd-ssd</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Nov-2025 20:24:02</t>
+    <t>24-Dec-2025 02:15:17</t>
   </si>
   <si>
     <t>SATA 7+15P SMD Horizontal Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7832</t>
   </si>
   <si>
     <t>SATA 7+15P Through Hole Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7833</t>
   </si>
   <si>
     <t>SATA 7P Through Hole Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7826</t>
   </si>
   <si>
     <t>SATA 7P Through Hole Horizontal Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7828</t>
   </si>