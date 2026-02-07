--- v1 (2025-12-23)
+++ v2 (2026-02-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sata-hdd-ssd</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>24-Dec-2025 02:15:17</t>
+    <t>07-Feb-2026 06:08:26</t>
   </si>
   <si>
     <t>SATA 7+15P SMD Horizontal Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7832</t>
   </si>
   <si>
     <t>SATA 7+15P Through Hole Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7833</t>
   </si>
   <si>
     <t>SATA 7P Through Hole Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7826</t>
   </si>
   <si>
     <t>SATA 7P Through Hole Horizontal Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7828</t>
   </si>