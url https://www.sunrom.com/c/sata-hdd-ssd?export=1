--- v2 (2026-02-07)
+++ v3 (2026-03-24)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sata-hdd-ssd</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Feb-2026 06:08:26</t>
+    <t>24-Mar-2026 09:40:09</t>
   </si>
   <si>
     <t>SATA 7+15P SMD Horizontal Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7832</t>
   </si>
   <si>
     <t>SATA 7+15P Through Hole Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7833</t>
   </si>
   <si>
     <t>SATA 7P Through Hole Vertical Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7826</t>
   </si>
   <si>
     <t>SATA 7P Through Hole Horizontal Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7828</t>
   </si>
@@ -504,51 +504,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>7832</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>52.0</v>
+        <v>65.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7833</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>45.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>7826</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>