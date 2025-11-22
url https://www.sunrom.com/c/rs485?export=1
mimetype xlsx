--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rs485</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:55:40</t>
+    <t>22-Nov-2025 21:25:23</t>
   </si>
   <si>
     <t>RS485-TTL Module with Protection &amp; Auto Transmit/Receive Switching</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5349</t>
   </si>
   <si>
     <t>USB to RS485 Converter - FTDI FT230X</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1455</t>
   </si>
   <si>
     <t>USB - RS485 Isolated Converter Industrial Grade</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1430</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">