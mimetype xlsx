--- v1 (2025-11-22)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rs485</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 21:25:23</t>
+    <t>08-Jan-2026 03:55:09</t>
   </si>
   <si>
     <t>RS485-TTL Module with Protection &amp; Auto Transmit/Receive Switching</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5349</t>
   </si>
   <si>
     <t>USB to RS485 Converter - FTDI FT230X</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1455</t>
   </si>
   <si>
     <t>USB - RS485 Isolated Converter Industrial Grade</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1430</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">