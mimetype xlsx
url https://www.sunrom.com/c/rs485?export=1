--- v2 (2026-01-07)
+++ v3 (2026-03-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rs485</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 03:55:09</t>
+    <t>18-Mar-2026 22:40:13</t>
   </si>
   <si>
     <t>RS485-TTL Module with Protection &amp; Auto Transmit/Receive Switching</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5349</t>
   </si>
   <si>
     <t>USB to RS485 Converter - FTDI FT230X</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1455</t>
   </si>
   <si>
     <t>USB - RS485 Isolated Converter Industrial Grade</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1430</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">