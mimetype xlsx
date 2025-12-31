--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/round-shell</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:49:52</t>
+    <t>31-Dec-2025 07:52:11</t>
   </si>
   <si>
     <t>Dust Cover for GX12 12mm Aviation Plug Connector Waterproof Rubber Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7666</t>
   </si>
   <si>
     <t>Dust Cover for GX16 16mm Aviation Plug Connector Waterproof Rubber Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5972</t>
   </si>
   <si>
     <t>4P Metal Mini Round Shell Aviation Male and Female Circular Connectors GX16 - 16mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5596</t>
   </si>
   <si>
     <t>2P Metal Mini Round Shell Aviation Male and Female Circular Connectors GX12 - 12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5662</t>
   </si>