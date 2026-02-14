--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/round-shell</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Dec-2025 07:52:11</t>
+    <t>14-Feb-2026 14:02:24</t>
   </si>
   <si>
     <t>Dust Cover for GX12 12mm Aviation Plug Connector Waterproof Rubber Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7666</t>
   </si>
   <si>
     <t>Dust Cover for GX16 16mm Aviation Plug Connector Waterproof Rubber Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5972</t>
   </si>
   <si>
     <t>4P Metal Mini Round Shell Aviation Male and Female Circular Connectors GX16 - 16mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5596</t>
   </si>
   <si>
     <t>2P Metal Mini Round Shell Aviation Male and Female Circular Connectors GX12 - 12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5662</t>
   </si>