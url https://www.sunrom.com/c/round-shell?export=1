--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/round-shell</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>14-Feb-2026 14:02:24</t>
+    <t>31-Mar-2026 19:02:09</t>
   </si>
   <si>
     <t>Dust Cover for GX12 12mm Aviation Plug Connector Waterproof Rubber Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7666</t>
   </si>
   <si>
     <t>Dust Cover for GX16 16mm Aviation Plug Connector Waterproof Rubber Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5972</t>
   </si>
   <si>
     <t>4P Metal Mini Round Shell Aviation Male and Female Circular Connectors GX16 - 16mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5596</t>
   </si>
   <si>
     <t>2P Metal Mini Round Shell Aviation Male and Female Circular Connectors GX12 - 12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5662</t>
   </si>