--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rotary-encoder</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:15:15</t>
+    <t>21-Nov-2025 06:22:33</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 - Flat D Shaft 15mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7644</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 Flat D Shaft 20mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7645</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 SMD Knurled Shaft 10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7646</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 Knurled Shaft 15mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6830</t>
   </si>