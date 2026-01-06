--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rotary-encoder</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:22:33</t>
+    <t>07-Jan-2026 02:56:29</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 - Flat D Shaft 15mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7644</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 Flat D Shaft 20mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7645</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 SMD Knurled Shaft 10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7646</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 Knurled Shaft 15mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6830</t>
   </si>