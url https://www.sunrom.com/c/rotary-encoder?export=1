--- v2 (2026-01-06)
+++ v3 (2026-03-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rotary-encoder</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:56:29</t>
+    <t>11-Mar-2026 12:28:20</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 - Flat D Shaft 15mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7644</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 Flat D Shaft 20mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7645</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 SMD Knurled Shaft 10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7646</t>
   </si>
   <si>
     <t>Rotary Encoder EC11 Knurled Shaft 15mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6830</t>
   </si>