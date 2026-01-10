--- v0 (2025-10-27)
+++ v1 (2026-01-10)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rocker</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>27-Oct-2025 07:01:46</t>
+    <t>11-Jan-2026 02:01:48</t>
   </si>
   <si>
     <t>Red Light Rocker Switch KCD5 6A@250VAC ON/ON 6 Pins DPST Snap in Panel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6584</t>
   </si>
   <si>
     <t>Black Rocker Switch KCD5 6A@250VAC ON/ON 6 Pin DPST Snap in Panel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6585</t>
   </si>
   <si>
     <t>Red Rocker Switch KCD5 6A@250VAC ON/ON 6 Pin DPST Snap in Panel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6586</t>
   </si>
   <si>
     <t>Black Rocker Switch KCD1 3A@250VAC ON/OFF 3 Pins SPST Snap in Panel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6473</t>
   </si>