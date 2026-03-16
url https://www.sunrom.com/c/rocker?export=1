--- v1 (2026-01-10)
+++ v2 (2026-03-16)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rocker</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>11-Jan-2026 02:01:48</t>
+    <t>16-Mar-2026 18:09:42</t>
   </si>
   <si>
     <t>Red Light Rocker Switch KCD5 6A@250VAC ON/ON 6 Pins DPST Snap in Panel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6584</t>
   </si>
   <si>
     <t>Black Rocker Switch KCD5 6A@250VAC ON/ON 6 Pin DPST Snap in Panel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6585</t>
   </si>
   <si>
     <t>Red Rocker Switch KCD5 6A@250VAC ON/ON 6 Pin DPST Snap in Panel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6586</t>
   </si>
   <si>
     <t>Black Rocker Switch KCD1 3A@250VAC ON/OFF 3 Pins SPST Snap in Panel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6473</t>
   </si>