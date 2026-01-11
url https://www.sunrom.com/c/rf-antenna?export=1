--- v0 (2025-10-28)
+++ v1 (2026-01-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rf-antenna</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Oct-2025 11:57:35</t>
+    <t>11-Jan-2026 15:40:15</t>
   </si>
   <si>
     <t>SMA to IPX/IPEX/uFL/u.FL RF Adapter Cable - 30cm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7634</t>
   </si>
   <si>
     <t>IPEX RF Antenna Cable 15cm Solderable end</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7432</t>
   </si>
   <si>
     <t>Bluetooth Antenna SMD 2450AT18A100E-AEC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7435</t>
   </si>
   <si>
     <t>SMA Male Vertical</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7426</t>
   </si>