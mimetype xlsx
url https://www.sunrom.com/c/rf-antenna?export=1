--- v1 (2026-01-11)
+++ v2 (2026-03-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/rf-antenna</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>11-Jan-2026 15:40:15</t>
+    <t>17-Mar-2026 08:49:41</t>
   </si>
   <si>
     <t>SMA to IPX/IPEX/uFL/u.FL RF Adapter Cable - 30cm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7634</t>
   </si>
   <si>
     <t>IPEX RF Antenna Cable 15cm Solderable end</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7432</t>
   </si>
   <si>
     <t>Bluetooth Antenna SMD 2450AT18A100E-AEC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7435</t>
   </si>
   <si>
     <t>SMA Male Vertical</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7426</t>
   </si>
@@ -730,51 +730,51 @@
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>7429</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
         <v>2.0</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
         <v>7430</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>2.54</v>
+        <v>2.6</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>6502</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
         <v>75.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>6404</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>