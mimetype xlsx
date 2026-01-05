--- v0 (2025-11-03)
+++ v1 (2026-01-05)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/resistors-though-hole</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>03-Nov-2025 22:38:55</t>
+    <t>05-Jan-2026 19:04:46</t>
   </si>
   <si>
     <t>47K CFR 1/4 0.25 Watt Resistor Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7188</t>
   </si>
   <si>
     <t>100R CFR 1/4 0.25 Watt Resistor Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4126</t>
   </si>
   <si>
     <t>470R CFR 1/4 0.25 Watt Resistor Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4135</t>
   </si>
   <si>
     <t>220R CFR 1/4 0.25 Watt Resistor Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4188</t>
   </si>