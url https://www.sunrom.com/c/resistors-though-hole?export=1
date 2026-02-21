--- v1 (2026-01-05)
+++ v2 (2026-02-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/resistors-though-hole</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>05-Jan-2026 19:04:46</t>
+    <t>21-Feb-2026 06:32:55</t>
   </si>
   <si>
     <t>47K CFR 1/4 0.25 Watt Resistor Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7188</t>
   </si>
   <si>
     <t>100R CFR 1/4 0.25 Watt Resistor Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4126</t>
   </si>
   <si>
     <t>470R CFR 1/4 0.25 Watt Resistor Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4135</t>
   </si>
   <si>
     <t>220R CFR 1/4 0.25 Watt Resistor Through Hole</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4188</t>
   </si>