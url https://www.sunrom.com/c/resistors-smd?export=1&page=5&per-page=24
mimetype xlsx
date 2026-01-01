--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="504">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/resistors-smd?page=5&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 17:07:08</t>
+    <t>01-Jan-2026 19:22:11</t>
   </si>
   <si>
     <t>0R1 1% 1206 SMD Shunt Resistor 0.1 Ohms 0.125W (1/8W)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7168</t>
   </si>
   <si>
     <t>0R5 1% 1206 SMD Shunt Resistor 0.5 Ohms 0.125W (1/8W)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7169</t>
   </si>
   <si>
     <t>0R5 1% 2512 SMD Shunt Resistor 0.5 Ohms 1W</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7170</t>
   </si>
   <si>
     <t>10R 5% SMD Resistor Network</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3872</t>
   </si>