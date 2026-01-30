--- v0 (2025-10-21)
+++ v1 (2026-01-30)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="504">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/resistors-smd?page=1&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Oct-2025 03:05:38</t>
+    <t>30-Jan-2026 06:30:10</t>
   </si>
   <si>
     <t>0R1 1% 1206 SMD Shunt Resistor 0.1 Ohms 0.125W (1/8W)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7168</t>
   </si>
   <si>
     <t>0R5 1% 1206 SMD Shunt Resistor 0.5 Ohms 0.125W (1/8W)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7169</t>
   </si>
   <si>
     <t>0R5 1% 2512 SMD Shunt Resistor 0.5 Ohms 1W</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7170</t>
   </si>
   <si>
     <t>10R 5% SMD Resistor Network</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3872</t>
   </si>