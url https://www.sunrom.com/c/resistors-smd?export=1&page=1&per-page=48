--- v1 (2026-01-30)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="504">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/resistors-smd?page=1&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Jan-2026 06:30:10</t>
+    <t>20-Mar-2026 00:07:14</t>
   </si>
   <si>
     <t>0R1 1% 1206 SMD Shunt Resistor 0.1 Ohms 0.125W (1/8W)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7168</t>
   </si>
   <si>
     <t>0R5 1% 1206 SMD Shunt Resistor 0.5 Ohms 0.125W (1/8W)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7169</t>
   </si>
   <si>
     <t>0R5 1% 2512 SMD Shunt Resistor 0.5 Ohms 1W</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7170</t>
   </si>
   <si>
     <t>10R 5% SMD Resistor Network</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3872</t>
   </si>