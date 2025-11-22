--- v0 (2025-10-04)
+++ v1 (2025-11-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/relays</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:13:46</t>
+    <t>22-Nov-2025 15:35:25</t>
   </si>
   <si>
     <t>Relay 12V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3870</t>
   </si>
   <si>
     <t>Relay 5V - PCB Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3871</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>