--- v1 (2025-11-22)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/relays</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 15:35:25</t>
+    <t>08-Jan-2026 04:04:55</t>
   </si>
   <si>
     <t>Relay 12V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3870</t>
   </si>
   <si>
     <t>Relay 5V - PCB Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3871</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>