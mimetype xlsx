--- v2 (2026-01-07)
+++ v3 (2026-03-14)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/relays</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:04:55</t>
+    <t>14-Mar-2026 12:39:47</t>
   </si>
   <si>
     <t>Relay 12V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3870</t>
   </si>
   <si>
     <t>Relay 5V - PCB Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3871</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>