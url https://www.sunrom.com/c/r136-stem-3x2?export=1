--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/r136-stem-3x2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:11:01</t>
+    <t>08-Jan-2026 20:53:27</t>
   </si>
   <si>
     <t>Black Cap rectangle stem 3x2mm for Push Switches 5.8-7-8-8.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7790</t>
   </si>
   <si>
     <t>White Cap rectangle stem 3x2mm for Push Switches 5.8-7-8-8.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7791</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>