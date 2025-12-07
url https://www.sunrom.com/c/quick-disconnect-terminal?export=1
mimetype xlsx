--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/quick-disconnect-terminal</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Oct-2025 07:33:46</t>
+    <t>07-Dec-2025 08:28:16</t>
   </si>
   <si>
     <t>6.3mm Wire Crimp Male Quick Disconnect Terminal</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7706</t>
   </si>
   <si>
     <t>2.8mm Horizontal PCB Quick Disconnect Terminal Lug Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7660</t>
   </si>
   <si>
     <t>4.8mm Horizontal PCB Quick Disconnect Terminal Lug Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7661</t>
   </si>
   <si>
     <t>4.8mm Horizontal PCB Support Quick Disconnect Terminal Lug Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7662</t>
   </si>