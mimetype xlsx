--- v1 (2025-12-07)
+++ v2 (2026-02-05)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/quick-disconnect-terminal</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Dec-2025 08:28:16</t>
+    <t>05-Feb-2026 16:22:20</t>
   </si>
   <si>
     <t>6.3mm Wire Crimp Male Quick Disconnect Terminal</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7706</t>
   </si>
   <si>
     <t>2.8mm Horizontal PCB Quick Disconnect Terminal Lug Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7660</t>
   </si>
   <si>
     <t>4.8mm Horizontal PCB Quick Disconnect Terminal Lug Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7661</t>
   </si>
   <si>
     <t>4.8mm Horizontal PCB Support Quick Disconnect Terminal Lug Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7662</t>
   </si>