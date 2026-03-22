--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/quick-disconnect-terminal</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>05-Feb-2026 16:22:20</t>
+    <t>22-Mar-2026 20:03:11</t>
   </si>
   <si>
     <t>6.3mm Wire Crimp Male Quick Disconnect Terminal</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7706</t>
   </si>
   <si>
     <t>2.8mm Horizontal PCB Quick Disconnect Terminal Lug Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7660</t>
   </si>
   <si>
     <t>4.8mm Horizontal PCB Quick Disconnect Terminal Lug Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7661</t>
   </si>
   <si>
     <t>4.8mm Horizontal PCB Support Quick Disconnect Terminal Lug Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7662</t>
   </si>