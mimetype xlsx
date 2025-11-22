--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/push-onoff</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:53:44</t>
+    <t>22-Nov-2025 15:39:25</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A White Feet Inline</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7519</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A Black Feet Inline</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7520</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A White Feet Bent</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7521</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A Black Feet Bent</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7522</t>
   </si>