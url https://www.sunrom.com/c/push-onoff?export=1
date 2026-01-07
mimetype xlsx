--- v1 (2025-11-22)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/push-onoff</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 15:39:25</t>
+    <t>08-Jan-2026 04:10:45</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A White Feet Inline</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7519</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A Black Feet Inline</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7520</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A White Feet Bent</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7521</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A Black Feet Bent</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7522</t>
   </si>