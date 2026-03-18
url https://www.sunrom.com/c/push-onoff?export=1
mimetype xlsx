--- v2 (2026-01-07)
+++ v3 (2026-03-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/push-onoff</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:10:45</t>
+    <t>18-Mar-2026 11:34:24</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A White Feet Inline</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7519</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A Black Feet Inline</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7520</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A White Feet Bent</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7521</t>
   </si>
   <si>
     <t>Switch On Off Push 30V 1A Black Feet Bent</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7522</t>
   </si>