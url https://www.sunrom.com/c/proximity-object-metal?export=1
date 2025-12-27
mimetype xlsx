--- v0 (2025-11-12)
+++ v1 (2025-12-27)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/proximity-object-metal</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>12-Nov-2025 16:14:07</t>
+    <t>27-Dec-2025 19:50:15</t>
   </si>
   <si>
     <t>RPR220 - Infrared Optical Reflective Type Photosensor (Photoreflector)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5537</t>
   </si>
   <si>
     <t>Optical Slot Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4592</t>
   </si>
   <si>
     <t>TCRT5000 Reflective Optical Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3730</t>
   </si>
   <si>
     <t>Reed Switch - 12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4016</t>
   </si>