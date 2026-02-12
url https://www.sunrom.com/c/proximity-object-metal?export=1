--- v1 (2025-12-27)
+++ v2 (2026-02-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/proximity-object-metal</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>27-Dec-2025 19:50:15</t>
+    <t>12-Feb-2026 23:41:40</t>
   </si>
   <si>
     <t>RPR220 - Infrared Optical Reflective Type Photosensor (Photoreflector)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5537</t>
   </si>
   <si>
     <t>Optical Slot Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4592</t>
   </si>
   <si>
     <t>TCRT5000 Reflective Optical Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3730</t>
   </si>
   <si>
     <t>Reed Switch - 12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4016</t>
   </si>