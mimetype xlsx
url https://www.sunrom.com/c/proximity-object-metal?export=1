--- v2 (2026-02-12)
+++ v3 (2026-03-29)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/proximity-object-metal</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>12-Feb-2026 23:41:40</t>
+    <t>30-Mar-2026 04:20:19</t>
   </si>
   <si>
     <t>RPR220 - Infrared Optical Reflective Type Photosensor (Photoreflector)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5537</t>
   </si>
   <si>
     <t>Optical Slot Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4592</t>
   </si>
   <si>
     <t>TCRT5000 Reflective Optical Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3730</t>
   </si>
   <si>
     <t>Reed Switch - 12mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4016</t>
   </si>