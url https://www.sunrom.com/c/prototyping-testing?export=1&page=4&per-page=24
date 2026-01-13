--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/prototyping-testing?page=4&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>15-Oct-2025 03:11:47</t>
+    <t>13-Jan-2026 06:04:01</t>
   </si>
   <si>
     <t>PLA Tennis Green 1.75mm Filament Weight 800g 3D Printing Filament</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7238</t>
   </si>
   <si>
     <t>Green Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7074</t>
   </si>
   <si>
     <t>Blue Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7075</t>
   </si>
   <si>
     <t>Yellow Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7076</t>
   </si>
@@ -1050,51 +1050,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>7238</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>450.0</v>
+        <v>399.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7074</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>17.7</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>7075</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
@@ -1554,51 +1554,51 @@
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
         <v>5415</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
         <v>1003.0</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
         <v>5405</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>336.0</v>
+        <v>199.0</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
         <v>5452</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
         <v>59.0</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
         <v>5453</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
@@ -2142,51 +2142,51 @@
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
         <v>4798</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
         <v>1425.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
         <v>4667</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>224.0</v>
+        <v>145.0</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
         <v>4654</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
         <v>14.16</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
         <v>4658</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>