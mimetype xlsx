--- v0 (2025-10-03)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/prototyping-testing</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:53:32</t>
+    <t>21-Nov-2025 06:22:34</t>
   </si>
   <si>
     <t>PLA Tennis Green 1.75mm Filament Weight 800g 3D Printing Filament</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7238</t>
   </si>
   <si>
     <t>Green Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7074</t>
   </si>
   <si>
     <t>Blue Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7075</t>
   </si>
   <si>
     <t>Yellow Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7076</t>
   </si>