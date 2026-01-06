--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/prototyping-testing</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:22:34</t>
+    <t>07-Jan-2026 02:55:40</t>
   </si>
   <si>
     <t>PLA Tennis Green 1.75mm Filament Weight 800g 3D Printing Filament</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7238</t>
   </si>
   <si>
     <t>Green Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7074</t>
   </si>
   <si>
     <t>Blue Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7075</t>
   </si>
   <si>
     <t>Yellow Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7076</t>
   </si>
@@ -1050,51 +1050,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>7238</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>450.0</v>
+        <v>399.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7074</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>17.7</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>7075</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
@@ -1554,51 +1554,51 @@
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
         <v>5415</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
         <v>1003.0</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
         <v>5405</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>336.0</v>
+        <v>199.0</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
         <v>5452</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
         <v>59.0</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
         <v>5453</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
@@ -2142,51 +2142,51 @@
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
         <v>4798</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
         <v>1425.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
         <v>4667</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>224.0</v>
+        <v>145.0</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
         <v>4654</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
         <v>14.16</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
         <v>4658</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>