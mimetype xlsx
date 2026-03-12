--- v2 (2026-01-06)
+++ v3 (2026-03-12)
@@ -14,80 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/prototyping-testing</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:55:40</t>
-[...5 lines deleted...]
-    <t>https://www.sunrom.com/m/7238</t>
+    <t>12-Mar-2026 18:09:33</t>
   </si>
   <si>
     <t>Green Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7074</t>
   </si>
   <si>
     <t>Blue Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7075</t>
   </si>
   <si>
     <t>Yellow Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7076</t>
   </si>
   <si>
     <t>Adapter for SOIC8 1.27mm to DIP8 2.54mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6505</t>
   </si>
@@ -989,1459 +983,1445 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/prototyping-testing" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7238" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7074" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7075" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7076" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6505" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6139" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6140" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6138" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6141" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6142" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6085" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6086" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4438" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5730" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3041" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3930" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4426" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5409" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5410" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5412" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5413" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5414" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5417" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5419" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5420" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5422" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5423" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5424" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5425" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5426" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5427" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5429" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5430" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5431" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5432" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5415" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5405" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5452" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5453" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5454" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5455" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5456" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5457" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5458" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5459" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5460" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5461" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5447" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5448" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5449" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5450" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5451" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5462" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5441" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5442" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5443" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5444" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5445" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5434" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5435" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5436" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5437" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5438" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5440" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5470" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5433" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5439" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5446" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5302" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5280" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5279" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5281" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5285" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5287" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4745" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4798" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4667" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4654" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4658" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4651" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4685" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4675" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4655" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4743" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4673" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3182" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1208" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3889" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4590" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4574" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4541" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4542" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4476" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4475" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3900" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/prototyping-testing" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7074" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7075" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7076" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6505" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6139" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6140" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6138" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6141" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6142" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6085" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6086" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4438" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5730" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3041" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3930" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4426" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5409" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5410" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5412" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5413" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5414" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5417" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5419" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5420" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5422" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5423" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5424" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5425" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5426" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5427" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5429" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5430" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5431" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5432" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5415" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5405" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5452" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5453" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5454" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5455" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5456" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5457" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5458" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5459" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5460" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5461" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5447" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5448" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5449" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5450" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5451" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5462" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5441" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5442" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5443" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5444" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5445" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5434" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5435" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5436" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5437" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5438" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5440" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5470" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5433" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5439" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5446" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5302" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5280" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5279" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5281" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5285" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5287" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4745" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4798" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4667" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4654" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4658" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4651" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4685" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4675" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4655" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4743" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4673" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3182" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/1208" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3889" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4590" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4574" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4541" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4542" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4476" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4475" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3900" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D100"/>
+  <dimension ref="A1:D99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D100" sqref="D100"/>
+      <selection activeCell="D99" sqref="D99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
-        <v>7238</v>
+        <v>7074</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>399.0</v>
+        <v>17.7</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
-        <v>7074</v>
+        <v>7075</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>17.7</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
-        <v>7075</v>
+        <v>7076</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>17.7</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
-        <v>7076</v>
+        <v>6505</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>17.7</v>
+        <v>120.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
-        <v>6505</v>
+        <v>6139</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>120.0</v>
+        <v>17.7</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
-        <v>6139</v>
+        <v>6140</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>17.7</v>
+        <v>11.8</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
-        <v>6140</v>
+        <v>6138</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
         <v>11.8</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>6138</v>
+        <v>6141</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>11.8</v>
+        <v>17.7</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>6141</v>
+        <v>6142</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>17.7</v>
+        <v>11.8</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>6142</v>
+        <v>6085</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>11.8</v>
+        <v>17.7</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>6085</v>
+        <v>6086</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
         <v>17.7</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>6086</v>
+        <v>4438</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>17.7</v>
+        <v>120.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>4438</v>
+        <v>5730</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
-        <v>120.0</v>
+        <v>1475.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>5730</v>
+        <v>3041</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
-        <v>1475.0</v>
+        <v>44.0</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>3041</v>
+        <v>3930</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
-        <v>44.0</v>
+        <v>40.0</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>3930</v>
+        <v>4426</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
-        <v>40.0</v>
+        <v>42.0</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
-        <v>4426</v>
+        <v>5409</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="5">
-        <v>42.0</v>
+        <v>850.0</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
-        <v>5409</v>
+        <v>5410</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
-        <v>850.0</v>
+        <v>1150.0</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
-        <v>5410</v>
+        <v>5412</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
-        <v>1150.0</v>
+        <v>1450.0</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
-        <v>5412</v>
+        <v>5413</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
-        <v>1450.0</v>
+        <v>1250.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
-        <v>5413</v>
+        <v>5414</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
-        <v>1250.0</v>
+        <v>4750.0</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>5414</v>
+        <v>5417</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
-        <v>4750.0</v>
+        <v>850.0</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>5417</v>
+        <v>5419</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>850.0</v>
+        <v>1250.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>5419</v>
+        <v>5420</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>1250.0</v>
+        <v>650.0</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>5420</v>
+        <v>5422</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>650.0</v>
+        <v>1425.0</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>5422</v>
+        <v>5423</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
         <v>1425.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>5423</v>
+        <v>5424</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
-        <v>1425.0</v>
+        <v>885.0</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>5424</v>
+        <v>5425</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
-        <v>885.0</v>
+        <v>1450.0</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
-        <v>5425</v>
+        <v>5426</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
-        <v>1450.0</v>
+        <v>1425.0</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
-        <v>5426</v>
+        <v>5427</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
         <v>1425.0</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
-        <v>5427</v>
+        <v>5429</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
-        <v>1425.0</v>
+        <v>4800.0</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
-        <v>5429</v>
+        <v>5430</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>4800.0</v>
+        <v>3850.0</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
-        <v>5430</v>
+        <v>5431</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>3850.0</v>
+        <v>3250.0</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
-        <v>5431</v>
+        <v>5432</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
-        <v>3250.0</v>
+        <v>4250.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
-        <v>5432</v>
+        <v>5415</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="5">
-        <v>4250.0</v>
+        <v>1003.0</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
-        <v>5415</v>
+        <v>5405</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
-        <v>1003.0</v>
+        <v>199.0</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
-        <v>5405</v>
+        <v>5452</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>199.0</v>
+        <v>59.0</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
-        <v>5452</v>
+        <v>5453</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
-        <v>59.0</v>
+        <v>47.2</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
-        <v>5453</v>
+        <v>5454</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="5">
-        <v>47.2</v>
+        <v>65.0</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3">
-        <v>5454</v>
+        <v>5455</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5">
         <v>65.0</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
-        <v>5455</v>
+        <v>5456</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
         <v>65.0</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
-        <v>5456</v>
+        <v>5457</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
-        <v>65.0</v>
+        <v>59.0</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
-        <v>5457</v>
+        <v>5458</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>59.0</v>
+        <v>65.0</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
-        <v>5458</v>
+        <v>5459</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>65.0</v>
+        <v>118.0</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
-        <v>5459</v>
+        <v>5460</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
-        <v>118.0</v>
+        <v>65.0</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
-        <v>5460</v>
+        <v>5461</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>65.0</v>
+        <v>125.0</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
-        <v>5461</v>
+        <v>5447</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>125.0</v>
+        <v>35.4</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
-        <v>5447</v>
+        <v>5448</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
         <v>35.4</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
-        <v>5448</v>
+        <v>5449</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
         <v>35.4</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
-        <v>5449</v>
+        <v>5450</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>35.4</v>
+        <v>53.0</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
-        <v>5450</v>
+        <v>5451</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
-        <v>53.0</v>
+        <v>35.0</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
-        <v>5451</v>
+        <v>5462</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
-        <v>35.0</v>
+        <v>153.0</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
-        <v>5462</v>
+        <v>5441</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
-        <v>153.0</v>
+        <v>53.0</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
-        <v>5441</v>
+        <v>5442</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="5">
-        <v>53.0</v>
+        <v>35.4</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3">
-        <v>5442</v>
+        <v>5443</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="5">
         <v>35.4</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3">
-        <v>5443</v>
+        <v>5444</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="5">
-        <v>35.4</v>
+        <v>53.0</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3">
-        <v>5444</v>
+        <v>5445</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="5">
-        <v>53.0</v>
+        <v>35.4</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
-        <v>5445</v>
+        <v>5434</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
-        <v>35.4</v>
+        <v>21.24</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
-        <v>5434</v>
+        <v>5435</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
-        <v>21.24</v>
+        <v>18.88</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
-        <v>5435</v>
+        <v>5436</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
-        <v>18.88</v>
+        <v>21.24</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
-        <v>5436</v>
+        <v>5437</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="5">
-        <v>21.24</v>
+        <v>24.0</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3">
-        <v>5437</v>
+        <v>5438</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="5">
-        <v>24.0</v>
+        <v>29.5</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3">
-        <v>5438</v>
+        <v>5440</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="5">
         <v>29.5</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3">
-        <v>5440</v>
+        <v>5470</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="5">
         <v>29.5</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3">
-        <v>5470</v>
+        <v>5433</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="5">
-        <v>29.5</v>
+        <v>23.6</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3">
-        <v>5433</v>
+        <v>5439</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="5">
-        <v>23.6</v>
+        <v>29.5</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3">
-        <v>5439</v>
+        <v>5446</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="5">
-        <v>29.5</v>
+        <v>35.4</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3">
-        <v>5446</v>
+        <v>5302</v>
       </c>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="5">
-        <v>35.4</v>
+        <v>21.24</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3">
-        <v>5302</v>
+        <v>5280</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="5">
-        <v>21.24</v>
+        <v>25.96</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3">
-        <v>5280</v>
+        <v>5279</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="5">
-        <v>25.96</v>
+        <v>65.0</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3">
-        <v>5279</v>
+        <v>5281</v>
       </c>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="5">
-        <v>65.0</v>
+        <v>148.0</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3">
-        <v>5281</v>
+        <v>5285</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="5">
-        <v>148.0</v>
+        <v>4250.0</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3">
-        <v>5285</v>
+        <v>5287</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="5">
         <v>4250.0</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3">
-        <v>5287</v>
+        <v>1261</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="5">
-        <v>4250.0</v>
+        <v>41.3</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="5">
-        <v>41.3</v>
+        <v>76.0</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3">
-        <v>1262</v>
+        <v>4745</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="5">
-        <v>76.0</v>
+        <v>30.0</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3">
-        <v>4745</v>
+        <v>4798</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="5">
-        <v>30.0</v>
+        <v>1425.0</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
-        <v>4798</v>
+        <v>4667</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
-        <v>1425.0</v>
+        <v>145.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
-        <v>4667</v>
+        <v>4654</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>145.0</v>
+        <v>14.16</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
-        <v>4654</v>
+        <v>4658</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
-        <v>14.16</v>
+        <v>15.0</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
-        <v>4658</v>
+        <v>4651</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="5">
-        <v>15.0</v>
+        <v>35.4</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3">
-        <v>4651</v>
+        <v>4685</v>
       </c>
       <c r="B85" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="5">
-        <v>35.4</v>
+        <v>59.0</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3">
-        <v>4685</v>
+        <v>4675</v>
       </c>
       <c r="B86" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="5">
-        <v>59.0</v>
+        <v>65.0</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3">
-        <v>4675</v>
+        <v>4655</v>
       </c>
       <c r="B87" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="5">
-        <v>65.0</v>
+        <v>71.0</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3">
-        <v>4655</v>
+        <v>4743</v>
       </c>
       <c r="B88" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="5">
-        <v>71.0</v>
+        <v>47.2</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3">
-        <v>4743</v>
+        <v>4673</v>
       </c>
       <c r="B89" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="5">
         <v>47.2</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3">
-        <v>4673</v>
+        <v>3182</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="5">
-        <v>47.2</v>
+        <v>23.6</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="3">
-        <v>3182</v>
+        <v>1208</v>
       </c>
       <c r="B91" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="5">
-        <v>23.6</v>
+        <v>14.16</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="3">
-        <v>1208</v>
+        <v>3889</v>
       </c>
       <c r="B92" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="5">
-        <v>14.16</v>
+        <v>17.7</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="3">
-        <v>3889</v>
+        <v>4590</v>
       </c>
       <c r="B93" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="5">
-        <v>17.7</v>
+        <v>1850.0</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="3">
-        <v>4590</v>
+        <v>4574</v>
       </c>
       <c r="B94" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="5">
-        <v>1850.0</v>
+        <v>22.42</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3">
-        <v>4574</v>
+        <v>4541</v>
       </c>
       <c r="B95" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="5">
-        <v>22.42</v>
+        <v>23.6</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="3">
-        <v>4541</v>
+        <v>4542</v>
       </c>
       <c r="B96" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="5">
         <v>23.6</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3">
-        <v>4542</v>
+        <v>4476</v>
       </c>
       <c r="B97" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="5">
-        <v>23.6</v>
+        <v>57.0</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3">
-        <v>4476</v>
+        <v>4475</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="5">
         <v>57.0</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="3">
-        <v>4475</v>
+        <v>3900</v>
       </c>
       <c r="B99" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="5">
-        <v>57.0</v>
+        <v>950.0</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>199</v>
-      </c>
-[...12 lines deleted...]
-        <v>201</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -2499,51 +2479,50 @@
     <hyperlink ref="D75" r:id="rId_hyperlink_73"/>
     <hyperlink ref="D76" r:id="rId_hyperlink_74"/>
     <hyperlink ref="D77" r:id="rId_hyperlink_75"/>
     <hyperlink ref="D78" r:id="rId_hyperlink_76"/>
     <hyperlink ref="D79" r:id="rId_hyperlink_77"/>
     <hyperlink ref="D80" r:id="rId_hyperlink_78"/>
     <hyperlink ref="D81" r:id="rId_hyperlink_79"/>
     <hyperlink ref="D82" r:id="rId_hyperlink_80"/>
     <hyperlink ref="D83" r:id="rId_hyperlink_81"/>
     <hyperlink ref="D84" r:id="rId_hyperlink_82"/>
     <hyperlink ref="D85" r:id="rId_hyperlink_83"/>
     <hyperlink ref="D86" r:id="rId_hyperlink_84"/>
     <hyperlink ref="D87" r:id="rId_hyperlink_85"/>
     <hyperlink ref="D88" r:id="rId_hyperlink_86"/>
     <hyperlink ref="D89" r:id="rId_hyperlink_87"/>
     <hyperlink ref="D90" r:id="rId_hyperlink_88"/>
     <hyperlink ref="D91" r:id="rId_hyperlink_89"/>
     <hyperlink ref="D92" r:id="rId_hyperlink_90"/>
     <hyperlink ref="D93" r:id="rId_hyperlink_91"/>
     <hyperlink ref="D94" r:id="rId_hyperlink_92"/>
     <hyperlink ref="D95" r:id="rId_hyperlink_93"/>
     <hyperlink ref="D96" r:id="rId_hyperlink_94"/>
     <hyperlink ref="D97" r:id="rId_hyperlink_95"/>
     <hyperlink ref="D98" r:id="rId_hyperlink_96"/>
     <hyperlink ref="D99" r:id="rId_hyperlink_97"/>
-    <hyperlink ref="D100" r:id="rId_hyperlink_98"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>