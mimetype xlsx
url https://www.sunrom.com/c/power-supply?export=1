--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/power-supply</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:38:01</t>
+    <t>31-Dec-2025 08:51:01</t>
   </si>
   <si>
     <t>3.3V Stable Output DC-DC Boost from Input 0.8V-5V Battery</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7198</t>
   </si>
   <si>
     <t>5V 2.4A 12W DC Adapter with Micro USB Cable</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6362</t>
   </si>
   <si>
     <t>12V 12.5A 150W SMPS Mean Well LRS-150-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5315</t>
   </si>
   <si>
     <t>12V 17A 200W SMPS Mean Well LRS-200-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5316</t>
   </si>
@@ -746,51 +746,51 @@
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>7198</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
         <v>160.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>6362</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>190.0</v>
+        <v>175.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>5315</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>1675.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>5316</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>