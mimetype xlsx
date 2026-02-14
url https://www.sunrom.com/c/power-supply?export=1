--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -37,54 +37,54 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/power-supply</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Dec-2025 08:51:01</t>
-[...2 lines deleted...]
-    <t>3.3V Stable Output DC-DC Boost from Input 0.8V-5V Battery</t>
+    <t>14-Feb-2026 13:57:57</t>
+  </si>
+  <si>
+    <t>3.3V Stable Output DC-DC Boost from Input 0.8V-3V Battery</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7198</t>
   </si>
   <si>
     <t>5V 2.4A 12W DC Adapter with Micro USB Cable</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6362</t>
   </si>
   <si>
     <t>12V 12.5A 150W SMPS Mean Well LRS-150-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5315</t>
   </si>
   <si>
     <t>12V 17A 200W SMPS Mean Well LRS-200-12</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5316</t>
   </si>
   <si>
     <t>12V 29A 350W SMPS Mean Well LRS-350-12</t>
   </si>
@@ -1334,51 +1334,51 @@
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
         <v>4316</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
         <v>330.0</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
         <v>4314</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>175.0</v>
+        <v>185.0</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>