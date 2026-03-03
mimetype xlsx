--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/power-regulator?page=2&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>15-Jan-2026 19:41:30</t>
+    <t>03-Mar-2026 17:02:30</t>
   </si>
   <si>
     <t>78M05 TO252 D-PAK SMD 1A 5V Linear Voltage Regulator</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4563</t>
   </si>
   <si>
     <t>TL431 SOT23 Hottech</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7207</t>
   </si>
   <si>
     <t>L78L05ABU SOT89 ST 5V 100mA Linear power regulator</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7142</t>
   </si>
   <si>
     <t xml:space="preserve">LM39302R HTC TO263 - Adjustable 3A Low-Voltage Low-Dropout Regulator </t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3397</t>
   </si>