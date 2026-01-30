--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/power-regulator</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>01-Nov-2025 17:27:19</t>
+    <t>30-Jan-2026 08:03:11</t>
   </si>
   <si>
     <t>78M05 TO252 D-PAK SMD 1A 5V Linear Voltage Regulator</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4563</t>
   </si>
   <si>
     <t>TL431 SOT23 Hottech</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7207</t>
   </si>
   <si>
     <t>L78L05ABU SOT89 ST 5V 100mA Linear power regulator</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7142</t>
   </si>
   <si>
     <t xml:space="preserve">LM39302R HTC TO263 - Adjustable 3A Low-Voltage Low-Dropout Regulator </t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3397</t>
   </si>
@@ -1222,51 +1222,51 @@
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
         <v>4870</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
         <v>46.0</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
         <v>4891</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>25.0</v>
+        <v>35.0</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
         <v>4904</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
         <v>12.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
         <v>4911</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>