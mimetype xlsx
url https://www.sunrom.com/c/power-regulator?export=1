--- v1 (2026-01-30)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/power-regulator</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Jan-2026 08:03:11</t>
+    <t>19-Mar-2026 17:19:28</t>
   </si>
   <si>
     <t>78M05 TO252 D-PAK SMD 1A 5V Linear Voltage Regulator</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4563</t>
   </si>
   <si>
     <t>TL431 SOT23 Hottech</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7207</t>
   </si>
   <si>
     <t>L78L05ABU SOT89 ST 5V 100mA Linear power regulator</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7142</t>
   </si>
   <si>
     <t xml:space="preserve">LM39302R HTC TO263 - Adjustable 3A Low-Voltage Low-Dropout Regulator </t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3397</t>
   </si>