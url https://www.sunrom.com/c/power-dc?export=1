--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/power-dc</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:35:47</t>
+    <t>20-Dec-2025 14:23:49</t>
   </si>
   <si>
     <t>DC Socket White for 5.5x2.1mm DC Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7836</t>
   </si>
   <si>
     <t>DC Socket Blue for 5.5x2.1mm DC Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7837</t>
   </si>
   <si>
     <t>DC Socket Red for 5.5x2.1mm DC Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7838</t>
   </si>
   <si>
     <t>DC Socket White for 5.5x2.5mm DC Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7839</t>
   </si>