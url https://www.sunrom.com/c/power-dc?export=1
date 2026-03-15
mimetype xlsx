--- v1 (2025-12-20)
+++ v2 (2026-03-15)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/power-dc</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>20-Dec-2025 14:23:49</t>
+    <t>15-Mar-2026 12:27:21</t>
   </si>
   <si>
     <t>DC Socket White for 5.5x2.1mm DC Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7836</t>
   </si>
   <si>
     <t>DC Socket Blue for 5.5x2.1mm DC Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7837</t>
   </si>
   <si>
     <t>DC Socket Red for 5.5x2.1mm DC Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7838</t>
   </si>
   <si>
     <t>DC Socket White for 5.5x2.5mm DC Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7839</t>
   </si>
@@ -1090,51 +1090,51 @@
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
         <v>5905</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
         <v>5.9</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
         <v>5907</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>23.6</v>
+        <v>27.0</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
         <v>5908</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
         <v>29.5</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
         <v>7062</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>