--- v0 (2025-10-03)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/power-ac</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:57:30</t>
+    <t>21-Nov-2025 06:23:59</t>
   </si>
   <si>
     <t>AC Socket 2P 2.5A 250V IEC320-C8 Male PCB Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7667</t>
   </si>
   <si>
     <t>AC Socket 2P 2.5A 250V IEC320-C8 Male Panel Snap Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7668</t>
   </si>
   <si>
     <t>AC Socket 2P 2.5A 250V IEC320-C8 Male Panel Holes Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7669</t>
   </si>
   <si>
     <t>AC Power Cord 1.5 Meter 10A 250V IEC320-C7 2 Pin female socket 3 pin AC Plug</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7814</t>
   </si>