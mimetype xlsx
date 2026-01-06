--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/power-ac</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:23:59</t>
+    <t>06-Jan-2026 13:18:57</t>
   </si>
   <si>
     <t>AC Socket 2P 2.5A 250V IEC320-C8 Male PCB Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7667</t>
   </si>
   <si>
     <t>AC Socket 2P 2.5A 250V IEC320-C8 Male Panel Snap Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7668</t>
   </si>
   <si>
     <t>AC Socket 2P 2.5A 250V IEC320-C8 Male Panel Holes Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7669</t>
   </si>
   <si>
     <t>AC Power Cord 1.5 Meter 10A 250V IEC320-C7 2 Pin female socket 3 pin AC Plug</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7814</t>
   </si>
@@ -736,51 +736,51 @@
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>5480</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
         <v>17.7</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>5212</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>130.0</v>
+        <v>150.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>4368</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
         <v>40.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
         <v>5185</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>