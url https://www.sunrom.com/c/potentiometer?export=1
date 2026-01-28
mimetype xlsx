--- v0 (2025-11-01)
+++ v1 (2026-01-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/potentiometer</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>01-Nov-2025 17:04:25</t>
+    <t>28-Jan-2026 21:00:31</t>
   </si>
   <si>
     <t>50K (503) L=15mm Rotary Potentiometer (Volume Control) Double</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6831</t>
   </si>
   <si>
     <t>50K (503) L=15mm Rotary Potentiometer (Volume Control) Single</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6832</t>
   </si>
   <si>
     <t>50K Mono Volume Control</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6509</t>
   </si>
   <si>
     <t>50K Stereo Volume Control with Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6510</t>
   </si>