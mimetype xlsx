--- v1 (2026-01-28)
+++ v2 (2026-03-16)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/potentiometer</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Jan-2026 21:00:31</t>
+    <t>16-Mar-2026 12:49:15</t>
   </si>
   <si>
     <t>50K (503) L=15mm Rotary Potentiometer (Volume Control) Double</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6831</t>
   </si>
   <si>
     <t>50K (503) L=15mm Rotary Potentiometer (Volume Control) Single</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6832</t>
   </si>
   <si>
     <t>50K Mono Volume Control</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6509</t>
   </si>
   <si>
     <t>50K Stereo Volume Control with Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6510</t>
   </si>