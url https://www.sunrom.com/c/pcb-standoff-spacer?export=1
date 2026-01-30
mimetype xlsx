--- v0 (2026-01-30)
+++ v1 (2026-01-30)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/pcb-standoff-spacer</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Jan-2026 16:06:45</t>
+    <t>30-Jan-2026 17:38:53</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Spacer Brass Threaded Female/Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7878</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Spacer Brass Threaded Male/Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7816</t>
   </si>
   <si>
     <t>M3 x 20mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7192</t>
   </si>
   <si>
     <t>M3 x 25mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7193</t>
   </si>