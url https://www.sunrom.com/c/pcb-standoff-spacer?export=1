--- v1 (2026-01-30)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/pcb-standoff-spacer</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Jan-2026 17:38:53</t>
+    <t>19-Mar-2026 11:19:42</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Spacer Brass Threaded Female/Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7878</t>
   </si>
   <si>
     <t>M3 x 10mm PCB Spacer Brass Threaded Male/Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7816</t>
   </si>
   <si>
     <t>M3 x 20mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7192</t>
   </si>
   <si>
     <t>M3 x 25mm PCB Nylon Black Threaded Male/Female Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7193</t>
   </si>