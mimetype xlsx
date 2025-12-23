--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/pcb-spacer-threaded</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:34:09</t>
+    <t>24-Dec-2025 02:12:56</t>
   </si>
   <si>
     <t>Hex Spacer 15mm M3 screw both side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7061</t>
   </si>
   <si>
     <t>Hex Spacer 20mm M3 screw both side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7054</t>
   </si>
   <si>
     <t>15mm Hex Spacer M3 thread Male+Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7050</t>
   </si>
   <si>
     <t>20mm Hex Spacer M3 thread Male+Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7051</t>
   </si>
@@ -576,51 +576,51 @@
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>7050</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>5.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>7051</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>5.13</v>
+        <v>5.25</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>7052</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
         <v>5.25</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>7053</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>