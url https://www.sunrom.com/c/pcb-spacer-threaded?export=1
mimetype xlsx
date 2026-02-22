--- v1 (2025-12-23)
+++ v2 (2026-02-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/pcb-spacer-threaded</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>24-Dec-2025 02:12:56</t>
+    <t>22-Feb-2026 23:49:11</t>
   </si>
   <si>
     <t>Hex Spacer 15mm M3 screw both side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7061</t>
   </si>
   <si>
     <t>Hex Spacer 20mm M3 screw both side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7054</t>
   </si>
   <si>
     <t>15mm Hex Spacer M3 thread Male+Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7050</t>
   </si>
   <si>
     <t>20mm Hex Spacer M3 thread Male+Female</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7051</t>
   </si>