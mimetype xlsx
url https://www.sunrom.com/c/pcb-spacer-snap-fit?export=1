--- v0 (2025-10-03)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/pcb-spacer-snap-fit</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:58:27</t>
+    <t>22-Nov-2025 00:36:31</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 10mm Both Side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7042</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 15mm Both Side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7043</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 12mm Height Chassis Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7044</t>
   </si>
   <si>
     <t>LCD Mounting Spacer Snap Fit 5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7040</t>
   </si>
@@ -538,51 +538,51 @@
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7043</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>3.75</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>7044</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>3.65</v>
+        <v>3.75</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>7040</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
         <v>2.25</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>7041</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>