--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/pcb-spacer-snap-fit</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 00:36:31</t>
+    <t>08-Jan-2026 04:12:06</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 10mm Both Side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7042</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 15mm Both Side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7043</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 12mm Height Chassis Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7044</t>
   </si>
   <si>
     <t>LCD Mounting Spacer Snap Fit 5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7040</t>
   </si>