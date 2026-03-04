--- v2 (2026-01-07)
+++ v3 (2026-03-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/pcb-spacer-snap-fit</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:12:06</t>
+    <t>05-Mar-2026 05:22:46</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 10mm Both Side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7042</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 15mm Both Side</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7043</t>
   </si>
   <si>
     <t>PCB Spacer Snap Fit 12mm Height Chassis Mount</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7044</t>
   </si>
   <si>
     <t>LCD Mounting Spacer Snap Fit 5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7040</t>
   </si>