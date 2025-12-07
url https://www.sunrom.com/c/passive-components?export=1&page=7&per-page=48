--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1098">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/passive-components?page=7&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Oct-2025 15:50:18</t>
+    <t>07-Dec-2025 13:27:20</t>
   </si>
   <si>
     <t>1uH (1R0) - 15A - SMD ASPI-0630LR-1R0 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7909</t>
   </si>
   <si>
     <t>33uH (330) - 2.5A - SMD ASPI-0630LR-330 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7910</t>
   </si>
   <si>
     <t>47uH (470) - 2A - SMD ASPI-0630LR-470 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7911</t>
   </si>
   <si>
     <t>Microphone 4x1.3mm SMD Electret Condenser Capacitive Mic 4013</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7647</t>
   </si>