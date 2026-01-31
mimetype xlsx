--- v1 (2025-12-07)
+++ v2 (2026-01-31)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1098">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/passive-components?page=7&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Dec-2025 13:27:20</t>
+    <t>31-Jan-2026 14:29:01</t>
   </si>
   <si>
     <t>1uH (1R0) - 15A - SMD ASPI-0630LR-1R0 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7909</t>
   </si>
   <si>
     <t>33uH (330) - 2.5A - SMD ASPI-0630LR-330 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7910</t>
   </si>
   <si>
     <t>47uH (470) - 2A - SMD ASPI-0630LR-470 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7911</t>
   </si>
   <si>
     <t>Microphone 4x1.3mm SMD Electret Condenser Capacitive Mic 4013</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7647</t>
   </si>
@@ -5320,51 +5320,51 @@
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
         <v>6955</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
         <v>5.75</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
         <v>6956</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>9.38</v>
+        <v>9.75</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
         <v>6957</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
         <v>1.7</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
         <v>6959</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
@@ -5586,51 +5586,51 @@
         <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3">
         <v>6975</v>
       </c>
       <c r="B135" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="5">
         <v>5.63</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
         <v>6976</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
-        <v>7.5</v>
+        <v>11.5</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
         <v>6977</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
         <v>8.5</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
         <v>6978</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>
@@ -5670,51 +5670,51 @@
         <v>281</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="3">
         <v>6981</v>
       </c>
       <c r="B141" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="5">
         <v>8.55</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="3">
         <v>6982</v>
       </c>
       <c r="B142" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="5">
-        <v>10.63</v>
+        <v>11.75</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3">
         <v>6983</v>
       </c>
       <c r="B143" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="5">
         <v>15.0</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3">
         <v>6984</v>
       </c>
       <c r="B144" t="s">
         <v>288</v>