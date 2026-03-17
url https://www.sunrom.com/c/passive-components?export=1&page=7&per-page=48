--- v2 (2026-01-31)
+++ v3 (2026-03-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1098">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/passive-components?page=7&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Jan-2026 14:29:01</t>
+    <t>17-Mar-2026 17:57:44</t>
   </si>
   <si>
     <t>1uH (1R0) - 15A - SMD ASPI-0630LR-1R0 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7909</t>
   </si>
   <si>
     <t>33uH (330) - 2.5A - SMD ASPI-0630LR-330 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7910</t>
   </si>
   <si>
     <t>47uH (470) - 2A - SMD ASPI-0630LR-470 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7911</t>
   </si>
   <si>
     <t>Microphone 4x1.3mm SMD Electret Condenser Capacitive Mic 4013</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7647</t>
   </si>
@@ -2224,708 +2224,708 @@
   <si>
     <t>15R 1% 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4656</t>
   </si>
   <si>
     <t>1R2 1% 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4719</t>
   </si>
   <si>
     <t>4.7uF 50V 4x5.4mm SMD Electrolytic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6990</t>
   </si>
   <si>
     <t>15K 1% 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4663</t>
   </si>
   <si>
-    <t>10uF 16V 4x5.4mm SMD Electrolytic</t>
+    <t>10uF 35V 4x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6992</t>
+  </si>
+  <si>
+    <t>10uF 50V 5x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6993</t>
+  </si>
+  <si>
+    <t>10uF 63V 6.3x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6994</t>
+  </si>
+  <si>
+    <t>22uF 16V 4x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6995</t>
+  </si>
+  <si>
+    <t>22uF 25V 5x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6996</t>
+  </si>
+  <si>
+    <t>22uF 50V 6.3x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6997</t>
+  </si>
+  <si>
+    <t>47uF 16V 5x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6998</t>
+  </si>
+  <si>
+    <t>47uF 25V 6.3x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6999</t>
+  </si>
+  <si>
+    <t>47uF 50V 6.3x7.7mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7000</t>
+  </si>
+  <si>
+    <t>100uF 25V 6.3x7.7mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7001</t>
+  </si>
+  <si>
+    <t>220uF 16V 6.3x7.7mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7002</t>
+  </si>
+  <si>
+    <t>220uF 25V 8x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7003</t>
+  </si>
+  <si>
+    <t>330uF 25V 8x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7004</t>
+  </si>
+  <si>
+    <t>470uF 16V 8x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7005</t>
+  </si>
+  <si>
+    <t>470uF 25V 10x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7006</t>
+  </si>
+  <si>
+    <t>1K8 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4657</t>
+  </si>
+  <si>
+    <t>470uF 35V 10x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7007</t>
+  </si>
+  <si>
+    <t>470uF 50V 12.5x13.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7008</t>
+  </si>
+  <si>
+    <t>1000uF 16V 10x10.5mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7009</t>
+  </si>
+  <si>
+    <t>39K 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4671</t>
+  </si>
+  <si>
+    <t>1R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4721</t>
+  </si>
+  <si>
+    <t>360R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4701</t>
+  </si>
+  <si>
+    <t>360K 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4704</t>
+  </si>
+  <si>
+    <t>3R6 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4682</t>
+  </si>
+  <si>
+    <t>33R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4705</t>
+  </si>
+  <si>
+    <t>330K 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4664</t>
+  </si>
+  <si>
+    <t>2R2 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4706</t>
+  </si>
+  <si>
+    <t>2M2 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4707</t>
+  </si>
+  <si>
+    <t>2K7 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4712</t>
+  </si>
+  <si>
+    <t>1R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6833</t>
+  </si>
+  <si>
+    <t>1R2 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6834</t>
+  </si>
+  <si>
+    <t>1R5 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6835</t>
+  </si>
+  <si>
+    <t>1R8 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6836</t>
+  </si>
+  <si>
+    <t>2K4 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4665</t>
+  </si>
+  <si>
+    <t>2R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6837</t>
+  </si>
+  <si>
+    <t>2R7 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6838</t>
+  </si>
+  <si>
+    <t>3R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6839</t>
+  </si>
+  <si>
+    <t>3R3 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6840</t>
+  </si>
+  <si>
+    <t>3R6 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6841</t>
+  </si>
+  <si>
+    <t>4R7 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6842</t>
+  </si>
+  <si>
+    <t>5R1 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6843</t>
+  </si>
+  <si>
+    <t>5R6 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6844</t>
+  </si>
+  <si>
+    <t>6R2 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6845</t>
+  </si>
+  <si>
+    <t>7R5 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6846</t>
+  </si>
+  <si>
+    <t>8R2 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6847</t>
+  </si>
+  <si>
+    <t>9R1 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6848</t>
+  </si>
+  <si>
+    <t>0R 0805 - SMD Jumper</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6849</t>
+  </si>
+  <si>
+    <t>27K 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4730</t>
+  </si>
+  <si>
+    <t>12R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6850</t>
+  </si>
+  <si>
+    <t>15R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6851</t>
+  </si>
+  <si>
+    <t>24R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6852</t>
+  </si>
+  <si>
+    <t>27R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6853</t>
+  </si>
+  <si>
+    <t>33R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6854</t>
+  </si>
+  <si>
+    <t>36R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6855</t>
+  </si>
+  <si>
+    <t>39R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6856</t>
+  </si>
+  <si>
+    <t>43R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6857</t>
+  </si>
+  <si>
+    <t>56R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6858</t>
+  </si>
+  <si>
+    <t>62R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6859</t>
+  </si>
+  <si>
+    <t>75R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6860</t>
+  </si>
+  <si>
+    <t>82R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6861</t>
+  </si>
+  <si>
+    <t>91R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6862</t>
+  </si>
+  <si>
+    <t>150R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6863</t>
+  </si>
+  <si>
+    <t>200R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6864</t>
+  </si>
+  <si>
+    <t>240R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6865</t>
+  </si>
+  <si>
+    <t>270R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6866</t>
+  </si>
+  <si>
+    <t>330R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6867</t>
+  </si>
+  <si>
+    <t>360R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6868</t>
+  </si>
+  <si>
+    <t>390R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6869</t>
+  </si>
+  <si>
+    <t>430R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6870</t>
+  </si>
+  <si>
+    <t>510R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6871</t>
+  </si>
+  <si>
+    <t>620R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6872</t>
+  </si>
+  <si>
+    <t>910R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6873</t>
+  </si>
+  <si>
+    <t>470R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4067</t>
+  </si>
+  <si>
+    <t>10K 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4068</t>
+  </si>
+  <si>
+    <t>1K2 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5304</t>
+  </si>
+  <si>
+    <t>10K Cermet Preset</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4069</t>
+  </si>
+  <si>
+    <t>33K 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4321</t>
+  </si>
+  <si>
+    <t>22K 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4322</t>
+  </si>
+  <si>
+    <t>24R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4647</t>
+  </si>
+  <si>
+    <t>470R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5258</t>
+  </si>
+  <si>
+    <t>120R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5343</t>
+  </si>
+  <si>
+    <t>10R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5354</t>
+  </si>
+  <si>
+    <t>18K 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5268</t>
+  </si>
+  <si>
+    <t>1K 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4370</t>
+  </si>
+  <si>
+    <t>100K 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5108</t>
+  </si>
+  <si>
+    <t>18R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5267</t>
+  </si>
+  <si>
+    <t>100nF(104) MLCC 50V</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4134</t>
+  </si>
+  <si>
+    <t>4K7 CFR 1/4 0.25 Watt Resistor Through Hole</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4138</t>
+  </si>
+  <si>
+    <t>1M 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4145</t>
+  </si>
+  <si>
+    <t>3K6 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4648</t>
+  </si>
+  <si>
+    <t>3.3nF 332 0805 (2012 metric) 50V X7R MLCC SMD</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4148</t>
+  </si>
+  <si>
+    <t>Electromagnetic Active Buzzer 5V</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4149</t>
+  </si>
+  <si>
+    <t>1uF 105 0805 (2012 metric) 50V X7R MLCC SMD</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/3912</t>
+  </si>
+  <si>
+    <t>10uF 106 0805 (2012 metric) 50V X7R MLCC SMD</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/3913</t>
+  </si>
+  <si>
+    <t>220R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4412</t>
+  </si>
+  <si>
+    <t>12.288 Mhz Crystal</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/3734</t>
+  </si>
+  <si>
+    <t>47R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/3924</t>
+  </si>
+  <si>
+    <t>3R3 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6728</t>
+  </si>
+  <si>
+    <t>39R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4696</t>
+  </si>
+  <si>
+    <t>3K 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/3925</t>
+  </si>
+  <si>
+    <t>270R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6729</t>
+  </si>
+  <si>
+    <t>10R 1% 0805</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/4421</t>
+  </si>
+  <si>
+    <t>2R7 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6730</t>
+  </si>
+  <si>
+    <t>2R4 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6731</t>
+  </si>
+  <si>
+    <t>1uF 50V 4x5.4mm SMD Electrolytic</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6987</t>
+  </si>
+  <si>
+    <t>2R 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6732</t>
+  </si>
+  <si>
+    <t>470K 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6733</t>
+  </si>
+  <si>
+    <t>33K 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6734</t>
+  </si>
+  <si>
+    <t>2K2 1% 0603</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6735</t>
+  </si>
+  <si>
+    <t>10uF 25V 4x5.4mm SMD Electrolytic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6991</t>
-  </si>
-[...652 lines deleted...]
-    <t>https://www.sunrom.com/m/6735</t>
   </si>
   <si>
     <t>22R 1% 0805</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4427</t>
   </si>
   <si>
     <t>82K 1% 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6736</t>
   </si>
   <si>
     <t>110K 1% 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6737</t>
   </si>
   <si>
     <t>1M5 1% 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6738</t>
   </si>
@@ -3677,51 +3677,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/passive-components?page=7&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7909" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7910" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7911" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7647" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7437" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7438" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7439" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7440" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7441" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7442" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7443" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7444" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7445" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7446" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7447" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7448" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7449" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7450" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7194" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7188" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4126" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4135" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4188" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5194" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5195" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4531" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4115" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4136" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3926" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4533" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7168" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7169" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7170" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7167" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3872" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4901" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7059" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7072" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6403" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6958" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6947" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6948" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6949" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6951" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6952" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6950" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6831" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6832" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6646" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6674" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6675" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6676" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6677" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6671" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6672" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6673" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6651" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6652" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6653" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6654" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6655" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6656" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6657" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6658" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6659" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6660" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6661" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6662" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6663" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6664" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6665" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6666" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6667" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6668" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6669" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6670" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6631" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6632" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6633" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6634" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6635" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6636" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6637" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6638" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6639" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6640" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6641" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6642" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6643" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6644" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6645" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6647" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6648" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6649" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6650" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6678" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6509" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6510" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6511" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6512" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6464" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4335" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6406" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6407" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6408" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6409" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6410" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6411" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4187" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4450" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4284" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6954" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6955" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6956" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6957" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6959" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6960" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6961" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6962" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6963" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6964" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6965" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6966" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6967" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6968" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6969" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6970" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6971" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6972" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6973" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6974" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6975" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6976" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6977" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6978" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6979" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6980" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6981" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6982" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6983" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6984" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6985" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5993" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5912" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5913" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5914" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5915" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5916" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5917" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5909" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5583" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5584" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5585" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5586" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5587" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5588" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5590" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5591" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5582" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5581" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5577" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5578" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5579" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5580" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5571" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5572" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5573" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5574" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5575" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5576" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5589" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5372" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5522" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5521" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5288" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5169" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5170" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5171" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5239" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6774" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6775" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6776" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6777" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6778" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6779" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6780" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6781" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6782" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6783" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6784" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6785" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6786" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6787" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6788" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6789" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6790" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6791" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6792" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6793" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6794" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6795" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6796" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6797" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6798" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6799" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5295" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5296" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5297" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5257" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5132" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3870" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5099" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5100" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4988" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4989" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4990" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4991" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4992" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4993" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4994" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4995" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4996" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4997" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4998" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4999" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5000" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5001" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5002" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5003" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5004" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5005" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5006" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5008" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5009" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5010" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5011" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5012" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5013" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5014" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5015" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5016" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5017" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5019" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5020" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5021" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5022" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5023" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5024" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5025" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5026" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4893" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4986" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4987" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4868" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4957" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4882" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4900" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4914" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4847" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5359" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4801" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4765" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4766" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4724" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4668" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4740" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4738" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4688" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5336" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4774" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4348" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4564" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3949" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4007" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4558" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5161" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5190" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5191" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5192" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4570" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6389" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4509" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4270" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3842" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4402" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4505" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3871" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6874" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6875" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6876" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6877" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6878" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4729" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6879" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6880" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6881" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4708" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6882" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6883" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6884" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6885" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6886" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4709" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6887" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6888" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6889" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6890" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6891" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4662" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6892" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6893" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4661" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6894" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4660" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6895" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6896" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6897" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6898" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4710" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6899" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4711" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6900" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4713" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6901" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4714" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6902" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4726" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6903" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4715" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6904" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4659" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4718" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6905" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6906" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6907" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6908" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6909" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6910" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6911" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6912" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6913" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6914" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4717" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6915" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4776" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6916" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6917" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4716" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6918" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6919" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4728" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4669" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4697" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4702" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4650" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4670" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4699" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6988" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4698" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6989" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4656" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4719" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6990" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4663" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6991" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6992" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6993" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6994" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6995" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6996" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6997" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6998" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6999" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7000" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7001" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7002" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7003" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7004" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7005" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7006" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4657" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7007" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7008" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7009" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4671" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4721" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4701" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4704" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4682" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4705" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4664" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4706" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4707" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4712" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6833" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6834" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6835" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6836" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4665" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6837" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6838" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6839" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6840" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6841" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6842" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6843" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6844" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6845" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6846" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6847" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6848" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6849" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4730" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6850" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6851" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6852" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6853" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6854" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6855" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6856" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6857" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6858" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6859" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6860" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6861" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6862" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6863" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6864" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6865" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6866" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6867" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6868" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6869" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6870" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6871" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6872" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6873" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4067" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4068" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5304" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4069" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4321" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4322" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4647" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5258" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5343" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5354" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5268" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4370" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5108" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5267" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4134" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4138" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4145" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4648" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4148" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4149" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3912" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3913" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4412" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3734" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3924" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6728" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4696" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3925" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6729" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4421" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6730" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6731" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6987" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6732" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6733" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6734" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6735" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4427" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6736" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6737" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6738" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6739" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6740" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4186" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6741" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6742" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6743" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6744" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6745" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3942" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4191" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6746" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6747" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3944" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6748" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4194" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6749" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6750" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6751" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6752" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4198" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6753" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6754" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4446" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6755" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6756" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6757" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6758" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5340" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6759" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6760" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5341" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6761" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6762" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6763" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6764" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6765" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6766" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3963" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6767" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3964" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6768" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3218" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6769" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6770" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6771" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6772" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6773" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5159" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5160" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4236" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4479" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3996" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4756" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4008" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4679" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4506" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4274" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7086" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4275" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4276" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4034" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4282" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4035" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4283" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4036" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4298" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4553" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/passive-components?page=7&amp;per-page=48" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7909" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7910" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7911" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7647" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7437" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7438" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7439" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7440" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7441" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7442" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7443" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7444" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7445" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7446" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7447" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7448" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7449" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7450" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7194" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7188" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4126" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4135" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4188" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5194" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5195" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4531" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4115" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4136" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3926" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4533" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7168" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7169" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7170" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7167" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3872" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4901" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7059" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7072" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6403" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6958" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6947" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6948" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6949" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6951" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6952" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6950" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6831" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6832" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6646" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6674" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6675" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6676" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6677" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6671" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6672" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6673" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6651" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6652" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6653" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6654" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6655" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6656" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6657" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6658" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6659" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6660" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6661" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6662" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6663" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6664" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6665" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6666" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6667" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6668" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6669" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6670" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6631" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6632" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6633" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6634" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6635" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6636" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6637" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6638" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6639" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6640" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6641" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6642" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6643" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6644" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6645" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6647" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6648" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6649" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6650" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6678" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6509" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6510" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6511" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6512" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6464" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4335" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6406" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6407" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6408" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6409" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6410" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6411" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4187" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4450" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4284" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6954" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6955" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6956" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6957" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6959" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6960" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6961" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6962" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6963" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6964" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6965" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6966" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6967" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6968" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6969" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6970" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6971" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6972" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6973" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6974" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6975" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6976" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6977" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6978" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6979" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6980" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6981" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6982" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6983" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6984" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6985" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5993" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5912" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5913" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5914" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5915" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5916" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5917" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5909" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5583" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5584" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5585" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5586" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5587" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5588" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5590" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5591" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5582" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5581" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5577" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5578" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5579" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5580" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5571" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5572" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5573" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5574" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5575" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5576" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5589" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5372" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5522" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5521" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5288" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5169" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5170" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5171" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5239" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6774" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6775" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6776" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6777" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6778" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6779" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6780" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6781" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6782" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6783" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6784" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6785" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6786" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6787" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6788" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6789" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6790" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6791" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6792" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6793" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6794" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6795" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6796" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6797" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6798" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6799" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5295" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5296" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5297" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5257" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5132" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3870" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5099" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5100" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4988" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4989" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4990" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4991" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4992" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4993" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4994" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4995" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4996" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4997" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4998" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4999" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5000" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5001" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5002" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5003" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5004" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5005" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5006" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5008" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5009" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5010" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5011" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5012" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5013" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5014" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5015" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5016" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5017" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5019" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5020" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5021" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5022" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5023" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5024" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5025" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5026" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4893" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4986" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4987" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4868" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4957" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4882" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4900" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4914" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4847" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5359" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4801" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4765" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4766" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4724" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4668" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4740" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4738" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4688" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5336" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4774" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4348" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4564" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3949" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4007" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4558" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5161" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5190" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5191" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5192" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4570" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6389" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4509" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4270" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3842" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4402" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4505" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3871" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6874" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6875" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6876" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6877" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6878" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4729" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6879" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6880" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6881" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4708" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6882" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6883" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6884" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6885" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6886" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4709" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6887" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6888" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6889" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6890" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6891" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4662" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6892" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6893" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4661" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6894" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4660" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6895" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6896" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6897" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6898" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4710" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6899" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4711" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6900" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4713" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6901" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4714" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6902" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4726" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6903" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4715" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6904" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4659" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4718" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6905" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6906" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6907" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6908" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6909" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6910" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6911" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6912" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6913" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6914" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4717" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6915" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4776" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6916" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6917" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4716" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6918" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6919" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4728" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4669" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4697" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4702" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4650" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4670" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4699" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6988" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4698" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6989" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4656" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4719" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6990" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4663" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6992" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6993" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6994" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6995" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6996" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6997" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6998" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6999" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7000" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7001" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7002" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7003" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7004" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7005" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7006" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4657" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7007" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7008" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7009" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4671" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4721" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4701" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4704" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4682" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4705" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4664" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4706" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4707" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4712" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6833" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6834" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6835" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6836" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4665" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6837" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6838" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6839" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6840" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6841" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6842" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6843" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6844" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6845" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6846" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6847" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6848" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6849" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4730" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6850" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6851" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6852" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6853" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6854" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6855" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6856" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6857" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6858" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6859" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6860" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6861" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6862" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6863" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6864" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6865" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6866" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6867" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6868" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6869" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6870" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6871" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6872" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6873" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4067" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4068" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5304" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4069" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4321" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4322" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4647" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5258" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5343" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5354" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5268" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4370" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5108" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5267" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4134" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4138" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4145" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4648" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4148" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4149" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3912" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3913" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4412" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3734" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3924" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6728" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4696" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3925" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6729" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4421" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6730" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6731" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6987" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6732" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6733" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6734" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6735" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6991" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4427" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6736" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6737" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6738" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6739" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6740" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4186" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6741" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6742" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6743" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6744" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6745" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3942" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4191" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6746" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6747" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3944" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6748" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4194" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6749" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6750" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6751" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6752" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4198" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6753" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6754" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4446" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6755" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6756" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6757" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6758" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5340" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6759" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6760" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5341" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6761" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6762" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6763" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6764" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6765" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6766" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3963" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6767" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3964" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6768" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3218" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6769" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6770" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6771" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6772" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6773" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5159" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5160" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4236" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4479" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3996" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4756" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4008" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4679" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4506" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4274" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7086" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4275" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4276" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4034" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4282" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4035" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4283" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4036" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4298" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4553" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D548"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D548" sqref="D548"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
@@ -5208,51 +5208,51 @@
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
         <v>6408</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="5">
         <v>9.25</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
         <v>6409</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>9.25</v>
+        <v>10.25</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
         <v>6410</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="5">
         <v>9.25</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
         <v>6411</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
@@ -5600,51 +5600,51 @@
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
         <v>6976</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
         <v>11.5</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
         <v>6977</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
-        <v>8.5</v>
+        <v>9.75</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
         <v>6978</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="5">
         <v>37.5</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="3">
         <v>6979</v>
       </c>
       <c r="B139" t="s">
         <v>278</v>
@@ -5698,51 +5698,51 @@
         <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3">
         <v>6983</v>
       </c>
       <c r="B143" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="5">
         <v>15.0</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3">
         <v>6984</v>
       </c>
       <c r="B144" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="5">
-        <v>9.0</v>
+        <v>9.75</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="3">
         <v>6985</v>
       </c>
       <c r="B145" t="s">
         <v>290</v>
       </c>
       <c r="C145" s="5">
         <v>14.0</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="3">
         <v>5993</v>
       </c>
       <c r="B146" t="s">
         <v>292</v>
@@ -5908,51 +5908,51 @@
         <v>315</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="3">
         <v>5587</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" s="5">
         <v>16.0</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="3">
         <v>5588</v>
       </c>
       <c r="B159" t="s">
         <v>318</v>
       </c>
       <c r="C159" s="5">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="3">
         <v>5590</v>
       </c>
       <c r="B160" t="s">
         <v>320</v>
       </c>
       <c r="C160" s="5">
         <v>16.0</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="3">
         <v>5591</v>
       </c>
       <c r="B161" t="s">
         <v>322</v>
@@ -8828,1583 +8828,1583 @@
         <v>732</v>
       </c>
       <c r="C366" s="5">
         <v>3.75</v>
       </c>
       <c r="D366" s="6" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="3">
         <v>4663</v>
       </c>
       <c r="B367" t="s">
         <v>734</v>
       </c>
       <c r="C367" s="5">
         <v>0.4</v>
       </c>
       <c r="D367" s="6" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="3">
-        <v>6991</v>
+        <v>6992</v>
       </c>
       <c r="B368" t="s">
         <v>736</v>
       </c>
       <c r="C368" s="5">
-        <v>3.75</v>
+        <v>4.5</v>
       </c>
       <c r="D368" s="6" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="3">
-        <v>6992</v>
+        <v>6993</v>
       </c>
       <c r="B369" t="s">
         <v>738</v>
       </c>
       <c r="C369" s="5">
-        <v>4.5</v>
+        <v>4.55</v>
       </c>
       <c r="D369" s="6" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="3">
-        <v>6993</v>
+        <v>6994</v>
       </c>
       <c r="B370" t="s">
         <v>740</v>
       </c>
       <c r="C370" s="5">
-        <v>4.55</v>
+        <v>5.0</v>
       </c>
       <c r="D370" s="6" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="3">
-        <v>6994</v>
+        <v>6995</v>
       </c>
       <c r="B371" t="s">
         <v>742</v>
       </c>
       <c r="C371" s="5">
-        <v>5.0</v>
+        <v>4.13</v>
       </c>
       <c r="D371" s="6" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="3">
-        <v>6995</v>
+        <v>6996</v>
       </c>
       <c r="B372" t="s">
         <v>744</v>
       </c>
       <c r="C372" s="5">
-        <v>4.13</v>
+        <v>4.0</v>
       </c>
       <c r="D372" s="6" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="3">
-        <v>6996</v>
+        <v>6997</v>
       </c>
       <c r="B373" t="s">
         <v>746</v>
       </c>
       <c r="C373" s="5">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D373" s="6" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="3">
-        <v>6997</v>
+        <v>6998</v>
       </c>
       <c r="B374" t="s">
         <v>748</v>
       </c>
       <c r="C374" s="5">
-        <v>5.0</v>
+        <v>4.5</v>
       </c>
       <c r="D374" s="6" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="3">
-        <v>6998</v>
+        <v>6999</v>
       </c>
       <c r="B375" t="s">
         <v>750</v>
       </c>
       <c r="C375" s="5">
-        <v>4.5</v>
+        <v>5.63</v>
       </c>
       <c r="D375" s="6" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="3">
-        <v>6999</v>
+        <v>7000</v>
       </c>
       <c r="B376" t="s">
         <v>752</v>
       </c>
       <c r="C376" s="5">
-        <v>5.63</v>
+        <v>6.5</v>
       </c>
       <c r="D376" s="6" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="3">
-        <v>7000</v>
+        <v>7001</v>
       </c>
       <c r="B377" t="s">
         <v>754</v>
       </c>
       <c r="C377" s="5">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
       <c r="D377" s="6" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="3">
-        <v>7001</v>
+        <v>7002</v>
       </c>
       <c r="B378" t="s">
         <v>756</v>
       </c>
       <c r="C378" s="5">
-        <v>7.5</v>
+        <v>8.0</v>
       </c>
       <c r="D378" s="6" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="3">
-        <v>7002</v>
+        <v>7003</v>
       </c>
       <c r="B379" t="s">
         <v>758</v>
       </c>
       <c r="C379" s="5">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="D379" s="6" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="3">
-        <v>7003</v>
+        <v>7004</v>
       </c>
       <c r="B380" t="s">
         <v>760</v>
       </c>
       <c r="C380" s="5">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
       <c r="D380" s="6" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="3">
-        <v>7004</v>
+        <v>7005</v>
       </c>
       <c r="B381" t="s">
         <v>762</v>
       </c>
       <c r="C381" s="5">
-        <v>14.0</v>
+        <v>11.5</v>
       </c>
       <c r="D381" s="6" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="3">
-        <v>7005</v>
+        <v>7006</v>
       </c>
       <c r="B382" t="s">
         <v>764</v>
       </c>
       <c r="C382" s="5">
-        <v>11.5</v>
+        <v>14.5</v>
       </c>
       <c r="D382" s="6" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="3">
-        <v>7006</v>
+        <v>4657</v>
       </c>
       <c r="B383" t="s">
         <v>766</v>
       </c>
       <c r="C383" s="5">
-        <v>14.5</v>
+        <v>0.4</v>
       </c>
       <c r="D383" s="6" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="3">
-        <v>4657</v>
+        <v>7007</v>
       </c>
       <c r="B384" t="s">
         <v>768</v>
       </c>
       <c r="C384" s="5">
-        <v>0.4</v>
+        <v>18.75</v>
       </c>
       <c r="D384" s="6" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="3">
-        <v>7007</v>
+        <v>7008</v>
       </c>
       <c r="B385" t="s">
         <v>770</v>
       </c>
       <c r="C385" s="5">
-        <v>18.75</v>
+        <v>30.0</v>
       </c>
       <c r="D385" s="6" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="3">
-        <v>7008</v>
+        <v>7009</v>
       </c>
       <c r="B386" t="s">
         <v>772</v>
       </c>
       <c r="C386" s="5">
-        <v>30.0</v>
+        <v>19.5</v>
       </c>
       <c r="D386" s="6" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="3">
-        <v>7009</v>
+        <v>4671</v>
       </c>
       <c r="B387" t="s">
         <v>774</v>
       </c>
       <c r="C387" s="5">
-        <v>19.5</v>
+        <v>0.4</v>
       </c>
       <c r="D387" s="6" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="3">
-        <v>4671</v>
+        <v>4721</v>
       </c>
       <c r="B388" t="s">
         <v>776</v>
       </c>
       <c r="C388" s="5">
         <v>0.4</v>
       </c>
       <c r="D388" s="6" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="3">
-        <v>4721</v>
+        <v>4701</v>
       </c>
       <c r="B389" t="s">
         <v>778</v>
       </c>
       <c r="C389" s="5">
         <v>0.4</v>
       </c>
       <c r="D389" s="6" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="3">
-        <v>4701</v>
+        <v>4704</v>
       </c>
       <c r="B390" t="s">
         <v>780</v>
       </c>
       <c r="C390" s="5">
         <v>0.4</v>
       </c>
       <c r="D390" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="3">
-        <v>4704</v>
+        <v>4682</v>
       </c>
       <c r="B391" t="s">
         <v>782</v>
       </c>
       <c r="C391" s="5">
         <v>0.4</v>
       </c>
       <c r="D391" s="6" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="3">
-        <v>4682</v>
+        <v>4705</v>
       </c>
       <c r="B392" t="s">
         <v>784</v>
       </c>
       <c r="C392" s="5">
         <v>0.4</v>
       </c>
       <c r="D392" s="6" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="3">
-        <v>4705</v>
+        <v>4664</v>
       </c>
       <c r="B393" t="s">
         <v>786</v>
       </c>
       <c r="C393" s="5">
         <v>0.4</v>
       </c>
       <c r="D393" s="6" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="3">
-        <v>4664</v>
+        <v>4706</v>
       </c>
       <c r="B394" t="s">
         <v>788</v>
       </c>
       <c r="C394" s="5">
         <v>0.4</v>
       </c>
       <c r="D394" s="6" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="3">
-        <v>4706</v>
+        <v>4707</v>
       </c>
       <c r="B395" t="s">
         <v>790</v>
       </c>
       <c r="C395" s="5">
         <v>0.4</v>
       </c>
       <c r="D395" s="6" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="3">
-        <v>4707</v>
+        <v>4712</v>
       </c>
       <c r="B396" t="s">
         <v>792</v>
       </c>
       <c r="C396" s="5">
         <v>0.4</v>
       </c>
       <c r="D396" s="6" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="3">
-        <v>4712</v>
+        <v>6833</v>
       </c>
       <c r="B397" t="s">
         <v>794</v>
       </c>
       <c r="C397" s="5">
         <v>0.4</v>
       </c>
       <c r="D397" s="6" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="3">
-        <v>6833</v>
+        <v>6834</v>
       </c>
       <c r="B398" t="s">
         <v>796</v>
       </c>
       <c r="C398" s="5">
         <v>0.4</v>
       </c>
       <c r="D398" s="6" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="3">
-        <v>6834</v>
+        <v>6835</v>
       </c>
       <c r="B399" t="s">
         <v>798</v>
       </c>
       <c r="C399" s="5">
         <v>0.4</v>
       </c>
       <c r="D399" s="6" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="3">
-        <v>6835</v>
+        <v>6836</v>
       </c>
       <c r="B400" t="s">
         <v>800</v>
       </c>
       <c r="C400" s="5">
         <v>0.4</v>
       </c>
       <c r="D400" s="6" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="3">
-        <v>6836</v>
+        <v>4665</v>
       </c>
       <c r="B401" t="s">
         <v>802</v>
       </c>
       <c r="C401" s="5">
         <v>0.4</v>
       </c>
       <c r="D401" s="6" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="3">
-        <v>4665</v>
+        <v>6837</v>
       </c>
       <c r="B402" t="s">
         <v>804</v>
       </c>
       <c r="C402" s="5">
         <v>0.4</v>
       </c>
       <c r="D402" s="6" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="3">
-        <v>6837</v>
+        <v>6838</v>
       </c>
       <c r="B403" t="s">
         <v>806</v>
       </c>
       <c r="C403" s="5">
         <v>0.4</v>
       </c>
       <c r="D403" s="6" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="3">
-        <v>6838</v>
+        <v>6839</v>
       </c>
       <c r="B404" t="s">
         <v>808</v>
       </c>
       <c r="C404" s="5">
         <v>0.4</v>
       </c>
       <c r="D404" s="6" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="3">
-        <v>6839</v>
+        <v>6840</v>
       </c>
       <c r="B405" t="s">
         <v>810</v>
       </c>
       <c r="C405" s="5">
         <v>0.4</v>
       </c>
       <c r="D405" s="6" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="3">
-        <v>6840</v>
+        <v>6841</v>
       </c>
       <c r="B406" t="s">
         <v>812</v>
       </c>
       <c r="C406" s="5">
         <v>0.4</v>
       </c>
       <c r="D406" s="6" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="3">
-        <v>6841</v>
+        <v>6842</v>
       </c>
       <c r="B407" t="s">
         <v>814</v>
       </c>
       <c r="C407" s="5">
         <v>0.4</v>
       </c>
       <c r="D407" s="6" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="3">
-        <v>6842</v>
+        <v>6843</v>
       </c>
       <c r="B408" t="s">
         <v>816</v>
       </c>
       <c r="C408" s="5">
         <v>0.4</v>
       </c>
       <c r="D408" s="6" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="3">
-        <v>6843</v>
+        <v>6844</v>
       </c>
       <c r="B409" t="s">
         <v>818</v>
       </c>
       <c r="C409" s="5">
         <v>0.4</v>
       </c>
       <c r="D409" s="6" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="3">
-        <v>6844</v>
+        <v>6845</v>
       </c>
       <c r="B410" t="s">
         <v>820</v>
       </c>
       <c r="C410" s="5">
         <v>0.4</v>
       </c>
       <c r="D410" s="6" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="3">
-        <v>6845</v>
+        <v>6846</v>
       </c>
       <c r="B411" t="s">
         <v>822</v>
       </c>
       <c r="C411" s="5">
         <v>0.4</v>
       </c>
       <c r="D411" s="6" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="3">
-        <v>6846</v>
+        <v>6847</v>
       </c>
       <c r="B412" t="s">
         <v>824</v>
       </c>
       <c r="C412" s="5">
         <v>0.4</v>
       </c>
       <c r="D412" s="6" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="3">
-        <v>6847</v>
+        <v>6848</v>
       </c>
       <c r="B413" t="s">
         <v>826</v>
       </c>
       <c r="C413" s="5">
         <v>0.4</v>
       </c>
       <c r="D413" s="6" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="3">
-        <v>6848</v>
+        <v>6849</v>
       </c>
       <c r="B414" t="s">
         <v>828</v>
       </c>
       <c r="C414" s="5">
         <v>0.4</v>
       </c>
       <c r="D414" s="6" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="3">
-        <v>6849</v>
+        <v>4730</v>
       </c>
       <c r="B415" t="s">
         <v>830</v>
       </c>
       <c r="C415" s="5">
         <v>0.4</v>
       </c>
       <c r="D415" s="6" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="3">
-        <v>4730</v>
+        <v>6850</v>
       </c>
       <c r="B416" t="s">
         <v>832</v>
       </c>
       <c r="C416" s="5">
         <v>0.4</v>
       </c>
       <c r="D416" s="6" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="3">
-        <v>6850</v>
+        <v>6851</v>
       </c>
       <c r="B417" t="s">
         <v>834</v>
       </c>
       <c r="C417" s="5">
         <v>0.4</v>
       </c>
       <c r="D417" s="6" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="3">
-        <v>6851</v>
+        <v>6852</v>
       </c>
       <c r="B418" t="s">
         <v>836</v>
       </c>
       <c r="C418" s="5">
         <v>0.4</v>
       </c>
       <c r="D418" s="6" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="3">
-        <v>6852</v>
+        <v>6853</v>
       </c>
       <c r="B419" t="s">
         <v>838</v>
       </c>
       <c r="C419" s="5">
         <v>0.4</v>
       </c>
       <c r="D419" s="6" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="3">
-        <v>6853</v>
+        <v>6854</v>
       </c>
       <c r="B420" t="s">
         <v>840</v>
       </c>
       <c r="C420" s="5">
         <v>0.4</v>
       </c>
       <c r="D420" s="6" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="3">
-        <v>6854</v>
+        <v>6855</v>
       </c>
       <c r="B421" t="s">
         <v>842</v>
       </c>
       <c r="C421" s="5">
         <v>0.4</v>
       </c>
       <c r="D421" s="6" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="3">
-        <v>6855</v>
+        <v>6856</v>
       </c>
       <c r="B422" t="s">
         <v>844</v>
       </c>
       <c r="C422" s="5">
         <v>0.4</v>
       </c>
       <c r="D422" s="6" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" s="3">
-        <v>6856</v>
+        <v>6857</v>
       </c>
       <c r="B423" t="s">
         <v>846</v>
       </c>
       <c r="C423" s="5">
         <v>0.4</v>
       </c>
       <c r="D423" s="6" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" s="3">
-        <v>6857</v>
+        <v>6858</v>
       </c>
       <c r="B424" t="s">
         <v>848</v>
       </c>
       <c r="C424" s="5">
         <v>0.4</v>
       </c>
       <c r="D424" s="6" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" s="3">
-        <v>6858</v>
+        <v>6859</v>
       </c>
       <c r="B425" t="s">
         <v>850</v>
       </c>
       <c r="C425" s="5">
         <v>0.4</v>
       </c>
       <c r="D425" s="6" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" s="3">
-        <v>6859</v>
+        <v>6860</v>
       </c>
       <c r="B426" t="s">
         <v>852</v>
       </c>
       <c r="C426" s="5">
         <v>0.4</v>
       </c>
       <c r="D426" s="6" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" s="3">
-        <v>6860</v>
+        <v>6861</v>
       </c>
       <c r="B427" t="s">
         <v>854</v>
       </c>
       <c r="C427" s="5">
         <v>0.4</v>
       </c>
       <c r="D427" s="6" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" s="3">
-        <v>6861</v>
+        <v>6862</v>
       </c>
       <c r="B428" t="s">
         <v>856</v>
       </c>
       <c r="C428" s="5">
         <v>0.4</v>
       </c>
       <c r="D428" s="6" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" s="3">
-        <v>6862</v>
+        <v>6863</v>
       </c>
       <c r="B429" t="s">
         <v>858</v>
       </c>
       <c r="C429" s="5">
         <v>0.4</v>
       </c>
       <c r="D429" s="6" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" s="3">
-        <v>6863</v>
+        <v>6864</v>
       </c>
       <c r="B430" t="s">
         <v>860</v>
       </c>
       <c r="C430" s="5">
         <v>0.4</v>
       </c>
       <c r="D430" s="6" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" s="3">
-        <v>6864</v>
+        <v>6865</v>
       </c>
       <c r="B431" t="s">
         <v>862</v>
       </c>
       <c r="C431" s="5">
         <v>0.4</v>
       </c>
       <c r="D431" s="6" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" s="3">
-        <v>6865</v>
+        <v>6866</v>
       </c>
       <c r="B432" t="s">
         <v>864</v>
       </c>
       <c r="C432" s="5">
         <v>0.4</v>
       </c>
       <c r="D432" s="6" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" s="3">
-        <v>6866</v>
+        <v>6867</v>
       </c>
       <c r="B433" t="s">
         <v>866</v>
       </c>
       <c r="C433" s="5">
         <v>0.4</v>
       </c>
       <c r="D433" s="6" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" s="3">
-        <v>6867</v>
+        <v>6868</v>
       </c>
       <c r="B434" t="s">
         <v>868</v>
       </c>
       <c r="C434" s="5">
         <v>0.4</v>
       </c>
       <c r="D434" s="6" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" s="3">
-        <v>6868</v>
+        <v>6869</v>
       </c>
       <c r="B435" t="s">
         <v>870</v>
       </c>
       <c r="C435" s="5">
         <v>0.4</v>
       </c>
       <c r="D435" s="6" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" s="3">
-        <v>6869</v>
+        <v>6870</v>
       </c>
       <c r="B436" t="s">
         <v>872</v>
       </c>
       <c r="C436" s="5">
         <v>0.4</v>
       </c>
       <c r="D436" s="6" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" s="3">
-        <v>6870</v>
+        <v>6871</v>
       </c>
       <c r="B437" t="s">
         <v>874</v>
       </c>
       <c r="C437" s="5">
         <v>0.4</v>
       </c>
       <c r="D437" s="6" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" s="3">
-        <v>6871</v>
+        <v>6872</v>
       </c>
       <c r="B438" t="s">
         <v>876</v>
       </c>
       <c r="C438" s="5">
         <v>0.4</v>
       </c>
       <c r="D438" s="6" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" s="3">
-        <v>6872</v>
+        <v>6873</v>
       </c>
       <c r="B439" t="s">
         <v>878</v>
       </c>
       <c r="C439" s="5">
         <v>0.4</v>
       </c>
       <c r="D439" s="6" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" s="3">
-        <v>6873</v>
+        <v>4067</v>
       </c>
       <c r="B440" t="s">
         <v>880</v>
       </c>
       <c r="C440" s="5">
         <v>0.4</v>
       </c>
       <c r="D440" s="6" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" s="3">
-        <v>4067</v>
+        <v>4068</v>
       </c>
       <c r="B441" t="s">
         <v>882</v>
       </c>
       <c r="C441" s="5">
         <v>0.4</v>
       </c>
       <c r="D441" s="6" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="3">
-        <v>4068</v>
+        <v>5304</v>
       </c>
       <c r="B442" t="s">
         <v>884</v>
       </c>
       <c r="C442" s="5">
         <v>0.4</v>
       </c>
       <c r="D442" s="6" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="3">
-        <v>5304</v>
+        <v>4069</v>
       </c>
       <c r="B443" t="s">
         <v>886</v>
       </c>
       <c r="C443" s="5">
-        <v>0.4</v>
+        <v>6.25</v>
       </c>
       <c r="D443" s="6" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="3">
-        <v>4069</v>
+        <v>4321</v>
       </c>
       <c r="B444" t="s">
         <v>888</v>
       </c>
       <c r="C444" s="5">
-        <v>6.25</v>
+        <v>0.4</v>
       </c>
       <c r="D444" s="6" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="3">
-        <v>4321</v>
+        <v>4322</v>
       </c>
       <c r="B445" t="s">
         <v>890</v>
       </c>
       <c r="C445" s="5">
         <v>0.4</v>
       </c>
       <c r="D445" s="6" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" s="3">
-        <v>4322</v>
+        <v>4647</v>
       </c>
       <c r="B446" t="s">
         <v>892</v>
       </c>
       <c r="C446" s="5">
         <v>0.4</v>
       </c>
       <c r="D446" s="6" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" s="3">
-        <v>4647</v>
+        <v>5258</v>
       </c>
       <c r="B447" t="s">
         <v>894</v>
       </c>
       <c r="C447" s="5">
         <v>0.4</v>
       </c>
       <c r="D447" s="6" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" s="3">
-        <v>5258</v>
+        <v>5343</v>
       </c>
       <c r="B448" t="s">
         <v>896</v>
       </c>
       <c r="C448" s="5">
         <v>0.4</v>
       </c>
       <c r="D448" s="6" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" s="3">
-        <v>5343</v>
+        <v>5354</v>
       </c>
       <c r="B449" t="s">
         <v>898</v>
       </c>
       <c r="C449" s="5">
         <v>0.4</v>
       </c>
       <c r="D449" s="6" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" s="3">
-        <v>5354</v>
+        <v>5268</v>
       </c>
       <c r="B450" t="s">
         <v>900</v>
       </c>
       <c r="C450" s="5">
         <v>0.4</v>
       </c>
       <c r="D450" s="6" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" s="3">
-        <v>5268</v>
+        <v>4370</v>
       </c>
       <c r="B451" t="s">
         <v>902</v>
       </c>
       <c r="C451" s="5">
         <v>0.4</v>
       </c>
       <c r="D451" s="6" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" s="3">
-        <v>4370</v>
+        <v>5108</v>
       </c>
       <c r="B452" t="s">
         <v>904</v>
       </c>
       <c r="C452" s="5">
         <v>0.4</v>
       </c>
       <c r="D452" s="6" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" s="3">
-        <v>5108</v>
+        <v>5267</v>
       </c>
       <c r="B453" t="s">
         <v>906</v>
       </c>
       <c r="C453" s="5">
         <v>0.4</v>
       </c>
       <c r="D453" s="6" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" s="3">
-        <v>5267</v>
+        <v>4134</v>
       </c>
       <c r="B454" t="s">
         <v>908</v>
       </c>
       <c r="C454" s="5">
-        <v>0.4</v>
+        <v>2.36</v>
       </c>
       <c r="D454" s="6" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" s="3">
-        <v>4134</v>
+        <v>4138</v>
       </c>
       <c r="B455" t="s">
         <v>910</v>
       </c>
       <c r="C455" s="5">
-        <v>2.36</v>
+        <v>0.85</v>
       </c>
       <c r="D455" s="6" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" s="3">
-        <v>4138</v>
+        <v>4145</v>
       </c>
       <c r="B456" t="s">
         <v>912</v>
       </c>
       <c r="C456" s="5">
-        <v>0.85</v>
+        <v>0.4</v>
       </c>
       <c r="D456" s="6" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" s="3">
-        <v>4145</v>
+        <v>4648</v>
       </c>
       <c r="B457" t="s">
         <v>914</v>
       </c>
       <c r="C457" s="5">
         <v>0.4</v>
       </c>
       <c r="D457" s="6" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" s="3">
-        <v>4648</v>
+        <v>4148</v>
       </c>
       <c r="B458" t="s">
         <v>916</v>
       </c>
       <c r="C458" s="5">
-        <v>0.4</v>
+        <v>1.2</v>
       </c>
       <c r="D458" s="6" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" s="3">
-        <v>4148</v>
+        <v>4149</v>
       </c>
       <c r="B459" t="s">
         <v>918</v>
       </c>
       <c r="C459" s="5">
-        <v>1.2</v>
+        <v>20.0</v>
       </c>
       <c r="D459" s="6" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" s="3">
-        <v>4149</v>
+        <v>3912</v>
       </c>
       <c r="B460" t="s">
         <v>920</v>
       </c>
       <c r="C460" s="5">
-        <v>20.0</v>
+        <v>1.45</v>
       </c>
       <c r="D460" s="6" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" s="3">
-        <v>3912</v>
+        <v>3913</v>
       </c>
       <c r="B461" t="s">
         <v>922</v>
       </c>
       <c r="C461" s="5">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="D461" s="6" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" s="3">
-        <v>3913</v>
+        <v>4412</v>
       </c>
       <c r="B462" t="s">
         <v>924</v>
       </c>
       <c r="C462" s="5">
-        <v>1.5</v>
+        <v>0.4</v>
       </c>
       <c r="D462" s="6" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" s="3">
-        <v>4412</v>
+        <v>3734</v>
       </c>
       <c r="B463" t="s">
         <v>926</v>
       </c>
       <c r="C463" s="5">
-        <v>0.4</v>
+        <v>14.0</v>
       </c>
       <c r="D463" s="6" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" s="3">
-        <v>3734</v>
+        <v>3924</v>
       </c>
       <c r="B464" t="s">
         <v>928</v>
       </c>
       <c r="C464" s="5">
-        <v>12.0</v>
+        <v>0.4</v>
       </c>
       <c r="D464" s="6" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" s="3">
-        <v>3924</v>
+        <v>6728</v>
       </c>
       <c r="B465" t="s">
         <v>930</v>
       </c>
       <c r="C465" s="5">
         <v>0.4</v>
       </c>
       <c r="D465" s="6" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="3">
-        <v>6728</v>
+        <v>4696</v>
       </c>
       <c r="B466" t="s">
         <v>932</v>
       </c>
       <c r="C466" s="5">
         <v>0.4</v>
       </c>
       <c r="D466" s="6" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" s="3">
-        <v>4696</v>
+        <v>3925</v>
       </c>
       <c r="B467" t="s">
         <v>934</v>
       </c>
       <c r="C467" s="5">
         <v>0.4</v>
       </c>
       <c r="D467" s="6" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" s="3">
-        <v>3925</v>
+        <v>6729</v>
       </c>
       <c r="B468" t="s">
         <v>936</v>
       </c>
       <c r="C468" s="5">
         <v>0.4</v>
       </c>
       <c r="D468" s="6" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" s="3">
-        <v>6729</v>
+        <v>4421</v>
       </c>
       <c r="B469" t="s">
         <v>938</v>
       </c>
       <c r="C469" s="5">
         <v>0.4</v>
       </c>
       <c r="D469" s="6" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" s="3">
-        <v>4421</v>
+        <v>6730</v>
       </c>
       <c r="B470" t="s">
         <v>940</v>
       </c>
       <c r="C470" s="5">
         <v>0.4</v>
       </c>
       <c r="D470" s="6" t="s">
         <v>941</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" s="3">
-        <v>6730</v>
+        <v>6731</v>
       </c>
       <c r="B471" t="s">
         <v>942</v>
       </c>
       <c r="C471" s="5">
         <v>0.4</v>
       </c>
       <c r="D471" s="6" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" s="3">
-        <v>6731</v>
+        <v>6987</v>
       </c>
       <c r="B472" t="s">
         <v>944</v>
       </c>
       <c r="C472" s="5">
-        <v>0.4</v>
+        <v>3.38</v>
       </c>
       <c r="D472" s="6" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" s="3">
-        <v>6987</v>
+        <v>6732</v>
       </c>
       <c r="B473" t="s">
         <v>946</v>
       </c>
       <c r="C473" s="5">
-        <v>3.38</v>
+        <v>0.4</v>
       </c>
       <c r="D473" s="6" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" s="3">
-        <v>6732</v>
+        <v>6733</v>
       </c>
       <c r="B474" t="s">
         <v>948</v>
       </c>
       <c r="C474" s="5">
         <v>0.4</v>
       </c>
       <c r="D474" s="6" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" s="3">
-        <v>6733</v>
+        <v>6734</v>
       </c>
       <c r="B475" t="s">
         <v>950</v>
       </c>
       <c r="C475" s="5">
         <v>0.4</v>
       </c>
       <c r="D475" s="6" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" s="3">
-        <v>6734</v>
+        <v>6735</v>
       </c>
       <c r="B476" t="s">
         <v>952</v>
       </c>
       <c r="C476" s="5">
         <v>0.4</v>
       </c>
       <c r="D476" s="6" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" s="3">
-        <v>6735</v>
+        <v>6991</v>
       </c>
       <c r="B477" t="s">
         <v>954</v>
       </c>
       <c r="C477" s="5">
-        <v>0.4</v>
+        <v>4.25</v>
       </c>
       <c r="D477" s="6" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" s="3">
         <v>4427</v>
       </c>
       <c r="B478" t="s">
         <v>956</v>
       </c>
       <c r="C478" s="5">
         <v>0.4</v>
       </c>
       <c r="D478" s="6" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" s="3">
         <v>6736</v>
       </c>
       <c r="B479" t="s">
         <v>958</v>