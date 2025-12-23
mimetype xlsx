--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1098">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/passive-components?page=6&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 17:03:37</t>
+    <t>23-Dec-2025 07:39:34</t>
   </si>
   <si>
     <t>1uH (1R0) - 15A - SMD ASPI-0630LR-1R0 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7909</t>
   </si>
   <si>
     <t>33uH (330) - 2.5A - SMD ASPI-0630LR-330 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7910</t>
   </si>
   <si>
     <t>47uH (470) - 2A - SMD ASPI-0630LR-470 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7911</t>
   </si>
   <si>
     <t>Microphone 4x1.3mm SMD Electret Condenser Capacitive Mic 4013</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7647</t>
   </si>
@@ -5320,51 +5320,51 @@
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
         <v>6955</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
         <v>5.75</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
         <v>6956</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>9.38</v>
+        <v>9.75</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
         <v>6957</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
         <v>1.7</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
         <v>6959</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
@@ -5586,51 +5586,51 @@
         <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3">
         <v>6975</v>
       </c>
       <c r="B135" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="5">
         <v>5.63</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
         <v>6976</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
-        <v>7.5</v>
+        <v>11.5</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
         <v>6977</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
         <v>8.5</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
         <v>6978</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>