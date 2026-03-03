--- v1 (2025-12-23)
+++ v2 (2026-03-03)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1098">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/passive-components?page=6&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Dec-2025 07:39:34</t>
+    <t>03-Mar-2026 08:44:10</t>
   </si>
   <si>
     <t>1uH (1R0) - 15A - SMD ASPI-0630LR-1R0 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7909</t>
   </si>
   <si>
     <t>33uH (330) - 2.5A - SMD ASPI-0630LR-330 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7910</t>
   </si>
   <si>
     <t>47uH (470) - 2A - SMD ASPI-0630LR-470 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7911</t>
   </si>
   <si>
     <t>Microphone 4x1.3mm SMD Electret Condenser Capacitive Mic 4013</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7647</t>
   </si>
@@ -5208,51 +5208,51 @@
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
         <v>6408</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="5">
         <v>9.25</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
         <v>6409</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>9.25</v>
+        <v>10.25</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
         <v>6410</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="5">
         <v>9.25</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
         <v>6411</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
@@ -5600,51 +5600,51 @@
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
         <v>6976</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
         <v>11.5</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
         <v>6977</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
-        <v>8.5</v>
+        <v>9.75</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
         <v>6978</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="5">
         <v>37.5</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="3">
         <v>6979</v>
       </c>
       <c r="B139" t="s">
         <v>278</v>
@@ -5670,79 +5670,79 @@
         <v>281</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="3">
         <v>6981</v>
       </c>
       <c r="B141" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="5">
         <v>8.55</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="3">
         <v>6982</v>
       </c>
       <c r="B142" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="5">
-        <v>10.63</v>
+        <v>11.75</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3">
         <v>6983</v>
       </c>
       <c r="B143" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="5">
         <v>15.0</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3">
         <v>6984</v>
       </c>
       <c r="B144" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="5">
-        <v>9.0</v>
+        <v>9.75</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="3">
         <v>6985</v>
       </c>
       <c r="B145" t="s">
         <v>290</v>
       </c>
       <c r="C145" s="5">
         <v>14.0</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="3">
         <v>5993</v>
       </c>
       <c r="B146" t="s">
         <v>292</v>
@@ -5908,51 +5908,51 @@
         <v>315</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="3">
         <v>5587</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" s="5">
         <v>16.0</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="3">
         <v>5588</v>
       </c>
       <c r="B159" t="s">
         <v>318</v>
       </c>
       <c r="C159" s="5">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="3">
         <v>5590</v>
       </c>
       <c r="B160" t="s">
         <v>320</v>
       </c>
       <c r="C160" s="5">
         <v>16.0</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="3">
         <v>5591</v>
       </c>
       <c r="B161" t="s">
         <v>322</v>
@@ -10178,51 +10178,51 @@
         <v>925</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" s="3">
         <v>4412</v>
       </c>
       <c r="B463" t="s">
         <v>926</v>
       </c>
       <c r="C463" s="5">
         <v>0.4</v>
       </c>
       <c r="D463" s="6" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" s="3">
         <v>3734</v>
       </c>
       <c r="B464" t="s">
         <v>928</v>
       </c>
       <c r="C464" s="5">
-        <v>12.0</v>
+        <v>14.0</v>
       </c>
       <c r="D464" s="6" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" s="3">
         <v>3924</v>
       </c>
       <c r="B465" t="s">
         <v>930</v>
       </c>
       <c r="C465" s="5">
         <v>0.4</v>
       </c>
       <c r="D465" s="6" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="3">
         <v>6728</v>
       </c>
       <c r="B466" t="s">
         <v>932</v>