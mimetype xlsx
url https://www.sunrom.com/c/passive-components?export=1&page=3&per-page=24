--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1098">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/passive-components?page=3&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>09-Nov-2025 15:22:22</t>
+    <t>10-Jan-2026 06:27:11</t>
   </si>
   <si>
     <t>1uH (1R0) - 15A - SMD ASPI-0630LR-1R0 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7909</t>
   </si>
   <si>
     <t>33uH (330) - 2.5A - SMD ASPI-0630LR-330 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7910</t>
   </si>
   <si>
     <t>47uH (470) - 2A - SMD ASPI-0630LR-470 Inductor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7911</t>
   </si>
   <si>
     <t>Microphone 4x1.3mm SMD Electret Condenser Capacitive Mic 4013</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7647</t>
   </si>
@@ -5320,51 +5320,51 @@
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
         <v>6955</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
         <v>5.75</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
         <v>6956</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>9.38</v>
+        <v>9.75</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
         <v>6957</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
         <v>1.7</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
         <v>6959</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
@@ -5586,51 +5586,51 @@
         <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3">
         <v>6975</v>
       </c>
       <c r="B135" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="5">
         <v>5.63</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
         <v>6976</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
-        <v>7.5</v>
+        <v>11.5</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
         <v>6977</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
         <v>8.5</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
         <v>6978</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>