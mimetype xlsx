--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/panel-mount-2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>11-Oct-2025 07:57:33</t>
+    <t>25-Nov-2025 10:19:22</t>
   </si>
   <si>
     <t>Red ON/OFF Panel Mount Switch 12mm 1A 250VAC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6422</t>
   </si>
   <si>
     <t>Red Push Button Switch 10mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5953</t>
   </si>
   <si>
     <t>Green Push Button Switch 10mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5954</t>
   </si>
   <si>
     <t>Black Push Button Switch 7mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5874</t>
   </si>