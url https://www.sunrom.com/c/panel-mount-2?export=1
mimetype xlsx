--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/panel-mount-2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>25-Nov-2025 10:19:22</t>
+    <t>10-Jan-2026 03:33:44</t>
   </si>
   <si>
     <t>Red ON/OFF Panel Mount Switch 12mm 1A 250VAC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6422</t>
   </si>
   <si>
     <t>Red Push Button Switch 10mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5953</t>
   </si>
   <si>
     <t>Green Push Button Switch 10mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5954</t>
   </si>
   <si>
     <t>Black Push Button Switch 7mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5874</t>
   </si>