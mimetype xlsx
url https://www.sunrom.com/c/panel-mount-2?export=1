--- v2 (2026-01-09)
+++ v3 (2026-03-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/panel-mount-2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>10-Jan-2026 03:33:44</t>
+    <t>17-Mar-2026 06:17:27</t>
   </si>
   <si>
     <t>Red ON/OFF Panel Mount Switch 12mm 1A 250VAC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6422</t>
   </si>
   <si>
     <t>Red Push Button Switch 10mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5953</t>
   </si>
   <si>
     <t>Green Push Button Switch 10mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5954</t>
   </si>
   <si>
     <t>Black Push Button Switch 7mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5874</t>
   </si>