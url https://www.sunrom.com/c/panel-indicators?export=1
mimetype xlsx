--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/panel-indicators</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:46:27</t>
+    <t>19-Dec-2025 17:20:37</t>
   </si>
   <si>
     <t>Green 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8000</t>
   </si>
   <si>
     <t>White 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8001</t>
   </si>
   <si>
     <t>Red 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8002</t>
   </si>
   <si>
     <t>Yellow 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8003</t>
   </si>