--- v1 (2025-12-19)
+++ v2 (2026-02-02)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/panel-indicators</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Dec-2025 17:20:37</t>
+    <t>02-Feb-2026 21:45:48</t>
   </si>
   <si>
     <t>Green 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8000</t>
   </si>
   <si>
     <t>White 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8001</t>
   </si>
   <si>
     <t>Red 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8002</t>
   </si>
   <si>
     <t>Yellow 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8003</t>
   </si>