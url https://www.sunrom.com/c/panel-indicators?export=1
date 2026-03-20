--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/panel-indicators</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Feb-2026 21:45:48</t>
+    <t>21-Mar-2026 02:03:15</t>
   </si>
   <si>
     <t>Green 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8000</t>
   </si>
   <si>
     <t>White 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8001</t>
   </si>
   <si>
     <t>Red 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8002</t>
   </si>
   <si>
     <t>Yellow 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8003</t>
   </si>