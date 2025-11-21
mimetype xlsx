--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/optocouplers</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:28:46</t>
+    <t>21-Nov-2025 06:29:30</t>
   </si>
   <si>
     <t>EL817C S1 Type SMD Optocoupler Everlight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3178</t>
   </si>
   <si>
     <t>EL4N35 4N35 6-Pin DIP Phototransistor Everlight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5246</t>
   </si>
   <si>
     <t>HCPL-0631-500E - HCPL0631 - SMD - SOIC8 - Dual Channel High Speed Optocoupler</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5479</t>
   </si>
   <si>
     <t>HCPL-0600 AVAGO - SOIC8 (SMD 6N137)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3832</t>
   </si>