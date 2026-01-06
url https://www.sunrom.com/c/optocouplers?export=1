--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/optocouplers</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:29:30</t>
+    <t>07-Jan-2026 02:56:49</t>
   </si>
   <si>
     <t>EL817C S1 Type SMD Optocoupler Everlight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3178</t>
   </si>
   <si>
     <t>EL4N35 4N35 6-Pin DIP Phototransistor Everlight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5246</t>
   </si>
   <si>
     <t>HCPL-0631-500E - HCPL0631 - SMD - SOIC8 - Dual Channel High Speed Optocoupler</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5479</t>
   </si>
   <si>
     <t>HCPL-0600 AVAGO - SOIC8 (SMD 6N137)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3832</t>
   </si>