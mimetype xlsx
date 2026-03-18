--- v2 (2026-01-06)
+++ v3 (2026-03-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/optocouplers</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:56:49</t>
+    <t>18-Mar-2026 07:11:01</t>
   </si>
   <si>
     <t>EL817C S1 Type SMD Optocoupler Everlight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3178</t>
   </si>
   <si>
     <t>EL4N35 4N35 6-Pin DIP Phototransistor Everlight</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5246</t>
   </si>
   <si>
     <t>HCPL-0631-500E - HCPL0631 - SMD - SOIC8 - Dual Channel High Speed Optocoupler</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5479</t>
   </si>
   <si>
     <t>HCPL-0600 AVAGO - SOIC8 (SMD 6N137)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3832</t>
   </si>