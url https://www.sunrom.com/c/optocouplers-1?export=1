--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/optocouplers-1</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:09:51</t>
+    <t>22-Nov-2025 00:36:32</t>
   </si>
   <si>
     <t>LED Moving Message Display 362x72mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1113</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>