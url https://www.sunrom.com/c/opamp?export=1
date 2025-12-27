--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/opamp</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Oct-2025 21:47:54</t>
+    <t>27-Dec-2025 23:58:51</t>
   </si>
   <si>
     <t>NE5532DR SOIC8 SMD Opamp IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7173</t>
   </si>
   <si>
     <t>LMV321 SOT23-5 - Low Voltage Opamp</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5539</t>
   </si>
   <si>
     <t xml:space="preserve">LM321 LM321MFX A63A SOT23-5 </t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5378</t>
   </si>
   <si>
     <t>LM393 - SOIC8 - Comparator</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4873</t>
   </si>