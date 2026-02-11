--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/opamp</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>27-Dec-2025 23:58:51</t>
+    <t>11-Feb-2026 05:58:17</t>
   </si>
   <si>
     <t>NE5532DR SOIC8 SMD Opamp IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7173</t>
   </si>
   <si>
     <t>LMV321 SOT23-5 - Low Voltage Opamp</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5539</t>
   </si>
   <si>
     <t xml:space="preserve">LM321 LM321MFX A63A SOT23-5 </t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5378</t>
   </si>
   <si>
     <t>LM393 - SOIC8 - Comparator</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4873</t>
   </si>