--- v2 (2026-02-11)
+++ v3 (2026-03-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/opamp</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>11-Feb-2026 05:58:17</t>
+    <t>29-Mar-2026 00:31:15</t>
   </si>
   <si>
     <t>NE5532DR SOIC8 SMD Opamp IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7173</t>
   </si>
   <si>
     <t>LMV321 SOT23-5 - Low Voltage Opamp</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5539</t>
   </si>
   <si>
     <t xml:space="preserve">LM321 LM321MFX A63A SOT23-5 </t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5378</t>
   </si>
   <si>
     <t>LM393 - SOIC8 - Comparator</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4873</t>
   </si>