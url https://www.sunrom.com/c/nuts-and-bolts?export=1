--- v0 (2025-11-04)
+++ v1 (2026-01-29)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/nuts-and-bolts</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:35:01</t>
+    <t>29-Jan-2026 17:52:39</t>
   </si>
   <si>
     <t>M2 (2mm) x 10mm Pan Head Phillips Plus Stainless Steel SS Machine Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7677</t>
   </si>
   <si>
     <t>Hex Nut M2 (2mm) x 0.4mm Stainless Steel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7687</t>
   </si>
   <si>
     <t>M3 x 7mm Fibre Washer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7077</t>
   </si>
   <si>
     <t>M3 x 10mm Counter Sunk CSK MS Slotted Minus Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7080</t>
   </si>