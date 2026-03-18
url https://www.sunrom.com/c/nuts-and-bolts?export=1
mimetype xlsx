--- v1 (2026-01-29)
+++ v2 (2026-03-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/nuts-and-bolts</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>29-Jan-2026 17:52:39</t>
+    <t>18-Mar-2026 22:30:56</t>
   </si>
   <si>
     <t>M2 (2mm) x 10mm Pan Head Phillips Plus Stainless Steel SS Machine Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7677</t>
   </si>
   <si>
     <t>Hex Nut M2 (2mm) x 0.4mm Stainless Steel</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7687</t>
   </si>
   <si>
     <t>M3 x 7mm Fibre Washer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7077</t>
   </si>
   <si>
     <t>M3 x 10mm Counter Sunk CSK MS Slotted Minus Screw</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7080</t>
   </si>