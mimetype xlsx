--- v0 (2025-11-02)
+++ v1 (2026-03-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/movzov</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 15:01:44</t>
+    <t>18-Mar-2026 12:58:02</t>
   </si>
   <si>
     <t>14D471K - Varistor MOV for 220V AC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4978</t>
   </si>
   <si>
     <t>7D471K - Varistor MOV for 220V AC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4980</t>
   </si>
   <si>
     <t>10D471K - Varistor MOV for 220V AC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4885</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">