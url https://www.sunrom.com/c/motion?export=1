--- v0 (2025-10-03)
+++ v1 (2025-11-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/motion</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:55:52</t>
+    <t>21-Nov-2025 02:06:46</t>
   </si>
   <si>
     <t>PIR612 - Integrated PIR Sensor for Motion Sensing</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5466</t>
   </si>
   <si>
     <t>Fresnel Lens for PIR Sensor dia 9mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5467</t>
   </si>
   <si>
     <t>PIR Motion Detection Sensor HC-SR501</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4176</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">