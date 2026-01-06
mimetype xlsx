--- v1 (2025-11-20)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/motion</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 02:06:46</t>
+    <t>07-Jan-2026 02:55:40</t>
   </si>
   <si>
     <t>PIR612 - Integrated PIR Sensor for Motion Sensing</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5466</t>
   </si>
   <si>
     <t>Fresnel Lens for PIR Sensor dia 9mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5467</t>
   </si>
   <si>
     <t>PIR Motion Detection Sensor HC-SR501</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4176</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">