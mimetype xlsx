--- v2 (2026-01-06)
+++ v3 (2026-02-24)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/motion</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:55:40</t>
+    <t>24-Feb-2026 14:48:01</t>
   </si>
   <si>
     <t>PIR612 - Integrated PIR Sensor for Motion Sensing</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5466</t>
   </si>
   <si>
     <t>Fresnel Lens for PIR Sensor dia 9mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5467</t>
   </si>
   <si>
     <t>PIR Motion Detection Sensor HC-SR501</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4176</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">