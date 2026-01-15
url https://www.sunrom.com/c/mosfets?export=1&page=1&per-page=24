--- v0 (2025-10-17)
+++ v1 (2026-01-15)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/mosfets?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>17-Oct-2025 21:13:09</t>
+    <t>15-Jan-2026 06:36:42</t>
   </si>
   <si>
     <t>BSS138 SOT23 - MOSFET - N-Channel Hottech</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5592</t>
   </si>
   <si>
     <t>IRF7103 - IRF7103TRPBF Dual N-Channel MOSFET 3A@50V SOIC8</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5921</t>
   </si>
   <si>
     <t>4N60 (4A 600V) TO252 (DPAK) N-CH MOSFET</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7165</t>
   </si>
   <si>
     <t>ISL83202 ISL83202IBZ SOIC16 - H-Bridge MOSFET driver</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3665</t>
   </si>