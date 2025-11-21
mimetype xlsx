--- v0 (2025-10-03)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/mosfets</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:59:29</t>
+    <t>21-Nov-2025 06:31:05</t>
   </si>
   <si>
     <t>BSS138 SOT23 - MOSFET - N-Channel Hottech</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5592</t>
   </si>
   <si>
     <t>IRF7103 - IRF7103TRPBF Dual N-Channel MOSFET 3A@50V SOIC8</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5921</t>
   </si>
   <si>
     <t>4N60 (4A 600V) TO252 (DPAK) N-CH MOSFET</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7165</t>
   </si>
   <si>
     <t>ISL83202 ISL83202IBZ SOIC16 - H-Bridge MOSFET driver</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3665</t>
   </si>