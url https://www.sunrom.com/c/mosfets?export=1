--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/mosfets</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:31:05</t>
+    <t>07-Jan-2026 02:56:31</t>
   </si>
   <si>
     <t>BSS138 SOT23 - MOSFET - N-Channel Hottech</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5592</t>
   </si>
   <si>
     <t>IRF7103 - IRF7103TRPBF Dual N-Channel MOSFET 3A@50V SOIC8</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5921</t>
   </si>
   <si>
     <t>4N60 (4A 600V) TO252 (DPAK) N-CH MOSFET</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7165</t>
   </si>
   <si>
     <t>ISL83202 ISL83202IBZ SOIC16 - H-Bridge MOSFET driver</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3665</t>
   </si>