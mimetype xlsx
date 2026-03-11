--- v2 (2026-01-06)
+++ v3 (2026-03-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/mosfets</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:56:31</t>
+    <t>11-Mar-2026 22:04:25</t>
   </si>
   <si>
     <t>BSS138 SOT23 - MOSFET - N-Channel Hottech</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5592</t>
   </si>
   <si>
     <t>IRF7103 - IRF7103TRPBF Dual N-Channel MOSFET 3A@50V SOIC8</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5921</t>
   </si>
   <si>
     <t>4N60 (4A 600V) TO252 (DPAK) N-CH MOSFET</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7165</t>
   </si>
   <si>
     <t>ISL83202 ISL83202IBZ SOIC16 - H-Bridge MOSFET driver</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3665</t>
   </si>
@@ -878,51 +878,51 @@
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>6679</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
         <v>28.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>6680</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>35.0</v>
+        <v>55.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
         <v>6682</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
         <v>23.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
         <v>6147</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
@@ -1158,51 +1158,51 @@
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
         <v>5077</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
         <v>36.0</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
         <v>4823</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
-        <v>138.0</v>
+        <v>175.0</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
         <v>5078</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
         <v>64.0</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
         <v>5079</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>