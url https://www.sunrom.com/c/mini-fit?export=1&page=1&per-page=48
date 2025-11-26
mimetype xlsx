--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/mini-fit?page=1&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>12-Oct-2025 05:21:59</t>
+    <t>26-Nov-2025 17:48:15</t>
   </si>
   <si>
     <t>2P 1x2 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7094</t>
   </si>
   <si>
     <t>3P 1x3 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7095</t>
   </si>
   <si>
     <t>4P 1x4 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7096</t>
   </si>
   <si>
     <t>4P 2x2 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7097</t>
   </si>