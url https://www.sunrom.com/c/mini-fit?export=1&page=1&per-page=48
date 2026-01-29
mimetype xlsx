--- v1 (2025-11-26)
+++ v2 (2026-01-29)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/mini-fit?page=1&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>26-Nov-2025 17:48:15</t>
+    <t>29-Jan-2026 17:54:44</t>
   </si>
   <si>
     <t>2P 1x2 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7094</t>
   </si>
   <si>
     <t>3P 1x3 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7095</t>
   </si>
   <si>
     <t>4P 1x4 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7096</t>
   </si>
   <si>
     <t>4P 2x2 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7097</t>
   </si>