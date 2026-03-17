--- v2 (2026-01-29)
+++ v3 (2026-03-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/mini-fit?page=1&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>29-Jan-2026 17:54:44</t>
+    <t>17-Mar-2026 05:30:43</t>
   </si>
   <si>
     <t>2P 1x2 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7094</t>
   </si>
   <si>
     <t>3P 1x3 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7095</t>
   </si>
   <si>
     <t>4P 1x4 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7096</t>
   </si>
   <si>
     <t>4P 2x2 Minifit 4.2mm Right Angle Female PCB Header</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7097</t>
   </si>