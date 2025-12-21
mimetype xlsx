--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -14,74 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/microcontroller</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:46:28</t>
+    <t>21-Dec-2025 20:46:21</t>
   </si>
   <si>
     <t>STM32F030C8T6 LQFP48 ARM Cortex M0 MCU 64kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7220</t>
   </si>
   <si>
     <t>STM32F030C6T6 LQFP48 ARM Cortex M0 MCU 32kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7221</t>
   </si>
   <si>
     <t>STM32F030F4P6 TSSOP20 ARM Cortex M0 MCU 16kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7222</t>
   </si>
   <si>
     <t>STM32F103RCT6 LQFP64 ARM Cortex M 32bit MCU 256kB 72Mhz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7223</t>
   </si>
@@ -92,50 +92,56 @@
     <t>https://www.sunrom.com/m/3983</t>
   </si>
   <si>
     <t>W79E2051 DIP20 Nuvoton</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6361</t>
   </si>
   <si>
     <t>W78E052 Nuvoton W78E052DDG DIP40 8051</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7117</t>
   </si>
   <si>
     <t>STM32F407VGT6 - ARM Cortex M4 - 1MB Flash - 168Mhz - LQFP100</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6462</t>
   </si>
   <si>
     <t>STM8S003F3 - STM8S003F3P6</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4737</t>
+  </si>
+  <si>
+    <t>N76E003 - N76E003AT20 - Nuvoton - TSSOP20 - 1T-8051 - 16MHz - 12 bit ADC - 2x UART</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/5375</t>
   </si>
   <si>
     <t>STM32F105RBT6 - LQFP64 USB Host - ARM M3</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4808</t>
   </si>
   <si>
     <t>ATMEGA8A-AU QFP-32 ATMEL</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4915</t>
   </si>
   <si>
     <t>STM8S003K3 - LQFP-32</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4924</t>
   </si>
   <si>
     <t>STM32F103VCT6 LQFP100</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4813</t>
   </si>
@@ -503,63 +509,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/microcontroller" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7222" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/microcontroller" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7222" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5375" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D19" sqref="D19"/>
+      <selection activeCell="D20" sqref="D20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -684,165 +690,180 @@
         <v>22</v>
       </c>
       <c r="C11" s="5">
         <v>650.0</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
         <v>4737</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
         <v>75.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>4808</v>
+        <v>5375</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>345.0</v>
+        <v>75.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>4915</v>
+        <v>4808</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>160.0</v>
+        <v>345.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>4924</v>
+        <v>4915</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>79.0</v>
+        <v>160.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>4813</v>
+        <v>4924</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
-        <v>350.0</v>
+        <v>79.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>4720</v>
+        <v>4813</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
-        <v>125.0</v>
+        <v>350.0</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>4739</v>
+        <v>4720</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
-        <v>109.0</v>
+        <v>125.0</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>3846</v>
+        <v>4739</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
-        <v>125.0</v>
+        <v>109.0</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" s="3">
+        <v>3846</v>
+      </c>
+      <c r="B20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C20" s="5">
+        <v>125.0</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>