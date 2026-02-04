--- v1 (2025-12-21)
+++ v2 (2026-02-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/microcontroller</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Dec-2025 20:46:21</t>
+    <t>05-Feb-2026 02:13:08</t>
   </si>
   <si>
     <t>STM32F030C8T6 LQFP48 ARM Cortex M0 MCU 64kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7220</t>
   </si>
   <si>
     <t>STM32F030C6T6 LQFP48 ARM Cortex M0 MCU 32kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7221</t>
   </si>
   <si>
     <t>STM32F030F4P6 TSSOP20 ARM Cortex M0 MCU 16kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7222</t>
   </si>
   <si>
     <t>STM32F103RCT6 LQFP64 ARM Cortex M 32bit MCU 256kB 72Mhz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7223</t>
   </si>
@@ -766,51 +766,51 @@
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
         <v>4813</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>350.0</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
         <v>4720</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
-        <v>125.0</v>
+        <v>145.0</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
         <v>4739</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
         <v>109.0</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
         <v>3846</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>