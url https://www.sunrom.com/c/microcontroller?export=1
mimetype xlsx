--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -14,92 +14,86 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/microcontroller</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>05-Feb-2026 02:13:08</t>
+    <t>22-Mar-2026 06:04:33</t>
   </si>
   <si>
     <t>STM32F030C8T6 LQFP48 ARM Cortex M0 MCU 64kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7220</t>
   </si>
   <si>
     <t>STM32F030C6T6 LQFP48 ARM Cortex M0 MCU 32kB 48MHz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7221</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.sunrom.com/m/7222</t>
   </si>
   <si>
     <t>STM32F103RCT6 LQFP64 ARM Cortex M 32bit MCU 256kB 72Mhz</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7223</t>
   </si>
   <si>
     <t>APM32F103RBT6 LQFP64 Geehy ARM Cortex-M3 Replacement for: STM32F103RBT6</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3983</t>
   </si>
   <si>
     <t>W79E2051 DIP20 Nuvoton</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6361</t>
   </si>
   <si>
     <t>W78E052 Nuvoton W78E052DDG DIP40 8051</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7117</t>
   </si>
@@ -509,63 +503,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/microcontroller" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7222" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5375" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/microcontroller" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7221" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7223" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3983" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6361" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7117" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6462" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4737" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5375" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4808" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4915" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4924" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4813" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4720" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4739" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3846" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D20" sqref="D20"/>
+      <selection activeCell="D19" sqref="D19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -592,278 +586,263 @@
         <v>8</v>
       </c>
       <c r="C4" s="5">
         <v>120.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>7221</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>125.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
-        <v>7222</v>
+        <v>7223</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>75.0</v>
+        <v>185.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
-        <v>7223</v>
+        <v>3983</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>185.0</v>
+        <v>165.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
-        <v>3983</v>
+        <v>6361</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>175.0</v>
+        <v>90.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
-        <v>6361</v>
+        <v>7117</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>90.0</v>
+        <v>135.0</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
-        <v>7117</v>
+        <v>6462</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>135.0</v>
+        <v>650.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>6462</v>
+        <v>4737</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>650.0</v>
+        <v>75.0</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>4737</v>
+        <v>5375</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
         <v>75.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>5375</v>
+        <v>4808</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>75.0</v>
+        <v>345.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>4808</v>
+        <v>4915</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>345.0</v>
+        <v>160.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>4915</v>
+        <v>4924</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>160.0</v>
+        <v>79.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>4924</v>
+        <v>4813</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
-        <v>79.0</v>
+        <v>350.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>4813</v>
+        <v>4720</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
-        <v>350.0</v>
+        <v>145.0</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>4720</v>
+        <v>4739</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
-        <v>145.0</v>
+        <v>109.0</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>4739</v>
+        <v>3846</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
-        <v>109.0</v>
+        <v>125.0</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
-      </c>
-[...12 lines deleted...]
-        <v>41</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
-    <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>