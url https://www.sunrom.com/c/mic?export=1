--- v0 (2025-10-03)
+++ v1 (2026-01-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/mic</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:56:12</t>
+    <t>09-Jan-2026 03:51:23</t>
   </si>
   <si>
     <t>Microphone 4x1.3mm SMD Electret Condenser Capacitive Mic 4013</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7647</t>
   </si>
   <si>
     <t>Omnidirectional Electret Condenser Microphone 6x2.7mm with pins - 6027 - Capacitive - Sensitivity -60db</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5522</t>
   </si>
   <si>
     <t>CZN-15E Omnidirectional Electret Condenser Microphone 9x7mm with pins - 9767 - Capacitive - Sensitivity 58</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5521</t>
   </si>
   <si>
     <t>High Quality MIC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4570</t>
   </si>