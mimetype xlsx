--- v1 (2026-01-08)
+++ v2 (2026-03-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/mic</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>09-Jan-2026 03:51:23</t>
+    <t>12-Mar-2026 13:51:49</t>
   </si>
   <si>
     <t>Microphone 4x1.3mm SMD Electret Condenser Capacitive Mic 4013</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7647</t>
   </si>
   <si>
     <t>Omnidirectional Electret Condenser Microphone 6x2.7mm with pins - 6027 - Capacitive - Sensitivity -60db</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5522</t>
   </si>
   <si>
     <t>CZN-15E Omnidirectional Electret Condenser Microphone 9x7mm with pins - 9767 - Capacitive - Sensitivity 58</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5521</t>
   </si>
   <si>
     <t>High Quality MIC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4570</t>
   </si>