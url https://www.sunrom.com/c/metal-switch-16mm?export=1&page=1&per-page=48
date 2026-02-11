--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/metal-switch-16mm?page=1&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Dec-2025 03:05:13</t>
+    <t>11-Feb-2026 07:48:10</t>
   </si>
   <si>
     <t>Socket 5P with 15cm wires for Metal Switch 16mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8087</t>
   </si>
   <si>
     <t>Metal Switch 16mm - Push to ON Momentary - IP65 - No light</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8007</t>
   </si>
   <si>
     <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Red Ring</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8008</t>
   </si>
   <si>
     <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Green Ring</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8009</t>
   </si>