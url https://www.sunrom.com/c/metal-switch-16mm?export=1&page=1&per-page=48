--- v1 (2026-02-11)
+++ v2 (2026-03-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/metal-switch-16mm?page=1&amp;per-page=48</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>11-Feb-2026 07:48:10</t>
+    <t>28-Mar-2026 23:22:14</t>
   </si>
   <si>
     <t>Socket 5P with 15cm wires for Metal Switch 16mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8087</t>
   </si>
   <si>
     <t>Metal Switch 16mm - Push to ON Momentary - IP65 - No light</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8007</t>
   </si>
   <si>
     <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Red Ring</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8008</t>
   </si>
   <si>
     <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Green Ring</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8009</t>
   </si>