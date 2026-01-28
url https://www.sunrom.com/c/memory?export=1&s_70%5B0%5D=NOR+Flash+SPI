--- v0 (2025-11-28)
+++ v1 (2026-01-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/memory?s_70%5B0%5D=NOR+Flash+SPI</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Nov-2025 21:00:59</t>
+    <t>29-Jan-2026 05:20:05</t>
   </si>
   <si>
     <t>W25Q128FVSSIG - 16MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4951</t>
   </si>
   <si>
     <t>W25Q32FVSSIG - 4MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4863</t>
   </si>
   <si>
     <t>W25Q64FVSSIG - 8MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4547</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">