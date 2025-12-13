--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/memory</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Oct-2025 20:29:35</t>
+    <t>13-Dec-2025 06:22:57</t>
   </si>
   <si>
     <t>W25Q16JVSSIQ - 2MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5922</t>
   </si>
   <si>
     <t>W25Q128FVSSIG - 16MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4951</t>
   </si>
   <si>
     <t>AT24C512 - SOIC8 - I2C EEPROM</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4953</t>
   </si>
   <si>
     <t>AT24C64 - SOIC8 - I2C EEPROM</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4954</t>
   </si>