--- v1 (2025-12-13)
+++ v2 (2026-02-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/memory</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>13-Dec-2025 06:22:57</t>
+    <t>12-Feb-2026 05:05:31</t>
   </si>
   <si>
     <t>W25Q16JVSSIQ - 2MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5922</t>
   </si>
   <si>
     <t>W25Q128FVSSIG - 16MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4951</t>
   </si>
   <si>
     <t>AT24C512 - SOIC8 - I2C EEPROM</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4953</t>
   </si>
   <si>
     <t>AT24C64 - SOIC8 - I2C EEPROM</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4954</t>
   </si>
@@ -536,51 +536,51 @@
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>5922</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
         <v>65.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>4951</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>165.0</v>
+        <v>175.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>4953</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>70.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>4954</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>