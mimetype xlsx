--- v2 (2026-02-11)
+++ v3 (2026-03-31)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/memory</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>12-Feb-2026 05:05:31</t>
+    <t>31-Mar-2026 14:12:48</t>
   </si>
   <si>
     <t>W25Q16JVSSIQ - 2MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5922</t>
   </si>
   <si>
     <t>W25Q128FVSSIG - 16MB SPI Flash</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4951</t>
   </si>
   <si>
     <t>AT24C512 - SOIC8 - I2C EEPROM</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4953</t>
   </si>
   <si>
     <t>AT24C64 - SOIC8 - I2C EEPROM</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4954</t>
   </si>
@@ -522,51 +522,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>5922</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>65.0</v>
+        <v>115.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>4951</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>175.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>4953</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>