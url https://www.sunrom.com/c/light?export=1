--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/light</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 02:23:39</t>
+    <t>19-Dec-2025 07:39:15</t>
   </si>
   <si>
     <t>Digital Light Sensor - BH1750FVI</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4378</t>
   </si>
   <si>
     <t>Flame Sensor - 5mm IR Diode - YG1006</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5533</t>
   </si>
   <si>
     <t>LDR - Photosensitive Resistor - Waterproof - GL5528</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5524</t>
   </si>
   <si>
     <t>LDR - Light Dependent Resistor - GL5528 - 5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5525</t>
   </si>