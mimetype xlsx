--- v1 (2025-12-19)
+++ v2 (2026-02-02)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/light</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Dec-2025 07:39:15</t>
+    <t>02-Feb-2026 21:38:11</t>
   </si>
   <si>
     <t>Digital Light Sensor - BH1750FVI</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4378</t>
   </si>
   <si>
     <t>Flame Sensor - 5mm IR Diode - YG1006</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5533</t>
   </si>
   <si>
     <t>LDR - Photosensitive Resistor - Waterproof - GL5528</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5524</t>
   </si>
   <si>
     <t>LDR - Light Dependent Resistor - GL5528 - 5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5525</t>
   </si>