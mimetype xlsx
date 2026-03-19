--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -37,96 +37,96 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/light</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Feb-2026 21:38:11</t>
+    <t>20-Mar-2026 01:43:18</t>
   </si>
   <si>
     <t>Digital Light Sensor - BH1750FVI</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4378</t>
   </si>
   <si>
     <t>Flame Sensor - 5mm IR Diode - YG1006</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5533</t>
   </si>
   <si>
     <t>LDR - Photosensitive Resistor - Waterproof - GL5528</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5524</t>
   </si>
   <si>
     <t>LDR - Light Dependent Resistor - GL5528 - 5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5525</t>
   </si>
   <si>
     <t>Light Sensing Module - LDR</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4589</t>
   </si>
   <si>
     <t>Fire Flame Sensor Module</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4591</t>
   </si>
   <si>
     <t>BPW34</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4146</t>
   </si>
   <si>
-    <t>Ultravoilet(UV) Light Radiation Sensor</t>
+    <t>Ultraviolet(UV) Light Radiation Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4486</t>
   </si>
   <si>
     <t>Infrared Photodiode 5mm - Everlight PD333-3B Black</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6390</t>
   </si>
   <si>
     <t>Infrared LED 5mm - Everlight IR333-3C Clear</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3002</t>
   </si>
   <si>
     <t>Phototransistor 5mm - Everlight PT333-3C Clear</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3533</t>
   </si>
   <si>
     <t>Infrared Phototransistor 5mm - Everlight PT333-3B Black</t>
   </si>