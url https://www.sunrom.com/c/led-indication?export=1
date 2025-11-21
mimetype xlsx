--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/led-indication</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:08:49</t>
+    <t>21-Nov-2025 13:31:43</t>
   </si>
   <si>
     <t>White LED 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4259</t>
   </si>
   <si>
     <t>Green SMD LED 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5474</t>
   </si>
   <si>
     <t>Orange SMD LED 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5475</t>
   </si>
   <si>
     <t>White SMD LED 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5476</t>
   </si>