--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/led-indication</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 13:31:43</t>
+    <t>07-Jan-2026 08:10:34</t>
   </si>
   <si>
     <t>White LED 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4259</t>
   </si>
   <si>
     <t>Green SMD LED 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5474</t>
   </si>
   <si>
     <t>Orange SMD LED 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5475</t>
   </si>
   <si>
     <t>White SMD LED 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5476</t>
   </si>