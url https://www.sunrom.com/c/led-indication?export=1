--- v2 (2026-01-07)
+++ v3 (2026-03-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/led-indication</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 08:10:34</t>
+    <t>07-Mar-2026 04:24:26</t>
   </si>
   <si>
     <t>White LED 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4259</t>
   </si>
   <si>
     <t>Green SMD LED 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5474</t>
   </si>
   <si>
     <t>Orange SMD LED 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5475</t>
   </si>
   <si>
     <t>White SMD LED 0603</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5476</t>
   </si>