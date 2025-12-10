--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/led-holder</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Oct-2025 20:02:46</t>
+    <t>10-Dec-2025 20:23:33</t>
   </si>
   <si>
     <t>LED Holder right angle PCB Mount for LED size 3mm(T-1)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6440</t>
   </si>
   <si>
     <t>LED holder for 3mm T1 LEDs - Snap Panel Mount - Black Plastic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5724</t>
   </si>
   <si>
     <t>Round Lens Cap for 5mm T1 3/4 LEDs - Transparent - Snap Mount - Keystone 8671</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7195</t>
   </si>
   <si>
     <t>Round Lens Cap for 3mm T1 LEDs - Transparent - Snap Mount - Keystone 8659</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5722</t>
   </si>