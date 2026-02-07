--- v1 (2025-12-10)
+++ v2 (2026-02-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/led-holder</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>10-Dec-2025 20:23:33</t>
+    <t>07-Feb-2026 14:25:08</t>
   </si>
   <si>
     <t>LED Holder right angle PCB Mount for LED size 3mm(T-1)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6440</t>
   </si>
   <si>
     <t>LED holder for 3mm T1 LEDs - Snap Panel Mount - Black Plastic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5724</t>
   </si>
   <si>
     <t>Round Lens Cap for 5mm T1 3/4 LEDs - Transparent - Snap Mount - Keystone 8671</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7195</t>
   </si>
   <si>
     <t>Round Lens Cap for 3mm T1 LEDs - Transparent - Snap Mount - Keystone 8659</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5722</t>
   </si>