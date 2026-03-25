--- v2 (2026-02-07)
+++ v3 (2026-03-25)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/led-holder</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Feb-2026 14:25:08</t>
+    <t>25-Mar-2026 14:43:49</t>
   </si>
   <si>
     <t>LED Holder right angle PCB Mount for LED size 3mm(T-1)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6440</t>
   </si>
   <si>
     <t>LED holder for 3mm T1 LEDs - Snap Panel Mount - Black Plastic</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5724</t>
   </si>
   <si>
     <t>Round Lens Cap for 5mm T1 3/4 LEDs - Transparent - Snap Mount - Keystone 8671</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7195</t>
   </si>
   <si>
     <t>Round Lens Cap for 3mm T1 LEDs - Transparent - Snap Mount - Keystone 8659</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5722</t>
   </si>